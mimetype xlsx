--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3624" uniqueCount="1723">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4320" uniqueCount="2031">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -627,62 +627,65 @@
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1725/projeto_lei_44-2025_-_carlao_e_angelita.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONTROLE DA POLUIÇÃO SONORA CAUSADA POR ESCAPAMENTOS DE MOTOCICLETAS E VEÍCULOS SIMILARES NO ÂMBITO DO MUNICÍPIO DE LAVRINHAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_lei_45-2025_-_juliana_angelita_e_babi.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE LAVRINHAS, AS CAMPANHAS OUTUBRO ROSA E NOVEMBRO AZUL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_lei_46-2025_-_matheus_guedes.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGAÇÃO DE FORNECIMENTO DE APARELHO “FREESTYLE LIBRE” OU OUTRO APARELHO SIMILAR PARA O MONITORAMENTO CONTÍNUO DA GLICEMIA DE PACIENTES DO SISTEMA ÚNICO DE SAÚDE - SUS NO ÂMBITO DO MUNICÍPIO DE LAVRINHAS</t>
+  </si>
+  <si>
+    <t>1721</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A OBRIGAÇÃO DE FORNECIMENTO DE APARELHO “FREESTYLE LIBRE” OU OUTRO APARELHO SIMILAR PARA O MONITORAMENTO CONTÍNUO DA GLICEMIA DE PACIENTES DO SISTEMA ÚNICO DE SAÚDE - SUS NO ÂMBITO DO MUNICÍPIO DE LAVRINHAS</t>
-[...7 lines deleted...]
-  <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Lavrinhas, Estado de São Paulo, para o Exercício Financeiro de 2026</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_lei_48-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>BABI MOTORISTA</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_lei_49-2025_-_babi.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LEI MUNICIPAL Nº 1.686, DE 12 DE ABRIL DE 2024, QUE DISPÕE SOBRE A INSTALAÇÃO DE APARELHOS ELIMINADORES DE AR EM UNIDADES SERVIDAS POR LIGAÇÃO DE ÁGUA E ESGOTO, E AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS E PARCERIAS PARA SUA IMPLEMENTAÇÃO</t>
@@ -726,50 +729,188 @@
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1733/projeto_lei_53-2025_-_juliana_angelita_e_babi.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE REDUÇÃO DO ABSENTEÍSMO EM CONSULTAS E EXAMES DA ATENÇÃO ESPECIALIZADA NO MUNICÍPIO DE LAVRINHAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1734/projeto_lei_54-2025_-_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI Nº 1.708, DE 28 DE ABRIL DE 2025, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
+    <t>1837</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_lei_55-2025_-_mesa_diretora.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O REAJUSTE DO VALOR DA CESTA OU KIT DE NATAL CONCEDIDO AOS EMPREGADOS PÚBLICOS DA CÂMARA MUNICIPAL DE LAVRINHAS/SP E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>1838</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1838/projeto_lei_56-2025_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE MONITOR DE DESENVOLVIMENTO ESCOLAR ACRESCENTANDO CARGO DE PROVIMENTO EFETIVO JUNTO AO ANEXO I DA LEI MUNICIPAL Nº 1.491, DE 11 DE DEZEMBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>1839</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1839/projeto_lei_57-2025_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ALTERAÇÃO À LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO DE LAVRINHAS PARA O EXERCÍCIO DE 2025</t>
+  </si>
+  <si>
+    <t>1840</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1840/projeto_lei_58-2025_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL NA LEI ORÇAMENTÁRIA ANUAL E ALTERAÇÕES NO PLANO PLURIANUAL – PPA E NA LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO NO EXERCÍCIO DE 2025</t>
+  </si>
+  <si>
+    <t>1841</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1841/projeto_lei_59-2025_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE ABERTURA DE CRÉDITO SUPLEMENTAR NA LEI ORÇAMENTÁRIA ANUAL E ALTERAÇÕES NO PLANO PLURIANUAL – PPA E NA LEI DE DIRETRIZES ORÇAMENTÁRIAS – LDO NO EXERCÍCIO DE 2025</t>
+  </si>
+  <si>
+    <t>1842</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1842/projeto_lei_60-2025_-_ver._juliana_-_angelita_-_babi.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O FESTIVAL MUNICIPAL DE MÚSICA E ARTE JOVEM NO MUNICÍPIO DE LAVRINHAS E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>1843</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>MATHEUS DA COSTA</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_61-2025_-_ver._matheus_da_costa.pdf</t>
+  </si>
+  <si>
+    <t>ACRESCENTA O PARÁGRAFO ÚNICO AO ARTIGO 1º DA LEI Nº 1.732, DE 22 DE SETEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>1844</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1844/projeto_lei_62-2025_-_loa_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE LAVRINHAS, ESTADO DE SÃO PAULO, PARA O EXERCÍCIO FINANCEIRO DE 2026</t>
+  </si>
+  <si>
+    <t>1845</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1845/projeto_lei_65-2025_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PLANO MUNICIPAL PARA A PRIMEIRA INFÂNCIA - PMPI, E DA OUTRAS PROVIDENCIAS</t>
+  </si>
+  <si>
+    <t>1846</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1846/projeto_lei_66-2025_-_executivo.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A DESAFETAR IMÓVEL OBJETO DA MATRÍCULA Nº 36.868 CONCEDIDO À CÂMARA MUNICIPAL E LAVRINHAS, PARA CONSTRUÇÃO DA SEDE DA CASA DE LEIS E DÁ OUTRAS PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>1922</t>
+  </si>
+  <si>
+    <t>VETO</t>
+  </si>
+  <si>
+    <t>Razões do Veto</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1922/veto_integral_-_projeto_lei_46-2025_-_autografo_41-2025.pdf</t>
+  </si>
+  <si>
+    <t>VETO INTEGRAL - PROJETO LEI 46-2025 - AUTÓGRAFO 41-2025</t>
+  </si>
+  <si>
     <t>1498</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1498/projeto_decreto_legislativo_01-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DO PARECER PRÉVIO DO EGRÉGIO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO REFERENTE ÀS CONTAS DO EXECUTIVO MUNICIPAL DE LAVRINHAS/SP – PREFEITURA MUNCIPAL DE LAVRINHAS/SP - EXERCÍCIO DE 2022</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1605/projeto_decreto_legislativo_02-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O “TÍTULO “CIDADÃO LAVRINHENSE” AO ILUSTRÍSSIMO SENHOR LUIZ CARLOS AFFONSO</t>
   </si>
   <si>
     <t>1786</t>
@@ -783,50 +924,59 @@
   <si>
     <t>CONCEDE O TÍTULO “CIDADÃO LAVRINHENSE” AO ILUSTRÍSSIMO SENHOR JOÃO FELIPE HOENHE</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>MATHEUS GUEDES, ANGELITA FELIPE, BABI MOTORISTA, CARLÃO DA CAPOEIRA, CELMA ENFERMEIRA, JULIANA RODRIGUES, MATHEUS DA COSTA, OCIMARA, PROF. CLEBER</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_decreto_legislativo_04-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO “CIDADÃ EMÉRITA” A ILUSTRÍSSIMA SENHORA CAMILA AMBRÓZIO MAGALHÃES</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_decreto_legislativo_05-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE A “MEDALHA GERALDO ADOLFO” AO ILUSTRÍSSIMO SENHOR BRUNO CASSIANO DA SILVA</t>
   </si>
   <si>
+    <t>1923</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1923/projeto_decreto_legislativo_06-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O “TÍTULO “CIDADÃO LAVRINHENSE” AO ILUSTRÍSSIMO SENHOR MARCO ANTONIO DE SALLES"</t>
+  </si>
+  <si>
     <t>1604</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1604/projeto_resolucao_01-2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DO VEÍCULO OFICIAL DO PODER LEGISLATIVO MUNICIPAL DE LAVRINHAS/SP E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1835/projeto_resolucao_02-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A DATA DE REALIZAÇÃO DA DÉCIMA QUARTA SESSÃO ORDINÁRIA DA PRIMEIRA SESSÃO LEGISLATIVA DA DÉCIMA NONA LEGISLATURA PARA O DIA 25 (VINTE E CINCO) DE AGOSTO DE 2025, NA FORMA QUE MENCIONA</t>
   </si>
   <si>
     <t>1836</t>
@@ -978,53 +1128,50 @@
   <si>
     <t>JULIANA RODRIGUES, BABI MOTORISTA</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_15-2025_juliana_e_babi.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE À SABESP INFORMAÇÕES RELATIVAS AO POÇO ARTESIANO NA RUA VEREADOR CARLOS GUIPONI, AO LADO DA CANÇÃO NOVA NO BAIRRO CENTRO LAVRINHAS/SP</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>JULIANA RODRIGUES, BABI MOTORISTA, CARLÃO DA CAPOEIRA</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_16-2025_juliana_carlao_e_babi.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE À SABESP INFORMAÇÕES ACERCA DE ESTUDOS PARA A IMPLANTAÇÃO DA REDE DE ESGOTO DA RUA BENEDITO INÁCIO NUNES, NO BAIRRO CAPELA DO JACU NA CIDADE DE LAVRINHAS/SP</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>MATHEUS DA COSTA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimento_17-2025_matheus_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO PROGRAMA CIDADE LEGAL DO ESTADO DE SÃO PAULO INFORMAÇÕES SOBRE A SITUAÇÃO DO PROGRAMA CIDADE LEGAL NO MUNICÍPIO DE LAVRINHAS/SP</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1647/requerimento_18-2025_matheus_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL INFORMAÇÕES SOBRE A SITUAÇÃO DO PROGRAMA CIDADE LEGAL NO MUNICÍPIO</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>JÚNIOR PETRUKIO</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1817/requerimento_19-2025_-_petrukio.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO DER - DEPARTAMENTO DE ESTRADAS DE RODAGEM - UNIDADE DE TAUBATÉ, A REALIZAÇÃO DE ESTUDO DE VIABILIDADE PARA MANUTENÇÃO DA GALERIA DO SISTEMA DE DRENAGEM NO KM 227 DA RODOVIA NESRALLA RUBEZ EM LAVRINHAS/SP</t>
@@ -1162,50 +1309,104 @@
     <t>1832</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1832/requerimento_34-2025_-_cleber.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO PODER EXECUTIVO INFORMAÇÕES RELATIVAS À DOAÇÃO RECEBIDA DE MADEIRAMENTO NO ANO DE 2024</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1833/requerimento_35-2025_-_cleber.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO PODER EXECUTIVO INFORMAÇÕES RELATIVAS A GASTOS DE MANUTENÇÃO COM A FROTA VEICULAR MUNICIPAL NO ANO DE 2024</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1834/requerimento_36-2025_-_celma.pdf</t>
   </si>
   <si>
     <t>SOLICITACÃO INFORMAÇÕES SOBRE O PAGAMENTO DO PISO SALARIAL DOS PROFESSORES E PREVISÃO DE REAJUSTE AOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
+  </si>
+  <si>
+    <t>1894</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_37-2025_celma.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO RESPEITOSAMENTE AO PODER EXECUTIVO DOCUMENTOS E INFORMAÇÕES A RESPEITO DA PRESTAÇÃO DE SERVIÇOS COM DRONES</t>
+  </si>
+  <si>
+    <t>1895</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1895/requerimento_38-2025_celma.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO RESPEITOSAMENTE AO PODER EXECUTIVO INFORMAÇÕES A RESPEITO DE PROFISSIONAIS QUE EXERÇAM A FUNÇÃO DE TÉCNICO DE ENFERMAGEM SEM APROVAÇÃO EM CONCURSO PÚBLICO</t>
+  </si>
+  <si>
+    <t>1896</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1896/requerimento_39-2025_celma.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO RESPEITOSAMENTE AO PODER EXECUTIVO INFORMAÇÕES A RESPEITO DOS ESTAGIÁRIOS DO CIEE - CENTRO DE INTEGRAÇÃO EMPRESA-ESCOLA NO MUNICÍPIO</t>
+  </si>
+  <si>
+    <t>1897</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento_40-2025_celma.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO RESPEITOSAMENTE AO REPEITAVEL CIEE - CENTRO DE INTEGRAÇÃO EMPRESA-ESCOLA INFORMAÇÕES A RESPEITO DOS ESTAGIÁRIOS DO CIEE NO MUNICÍPIO</t>
+  </si>
+  <si>
+    <t>1898</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1898/requerimento_41-2025_celma.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO RESPEITOSAMENTE AO PODER EXECUTIVO INFORMAÇÕES A RESPEITO DOS GASTOS COM MATERIAIS DE CONSTRUÇÃO E TINTAS NO ANO DE 2025</t>
+  </si>
+  <si>
+    <t>1899</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1899/requerimento_42-2025_celma.pdf</t>
+  </si>
+  <si>
+    <t>REQUEIRO RESPEITOSAMENTE AO PODER EXECUTIVO INFORMAÇÕES A RESPEITO A GESTÃO E MANUTENÇÃO DA FROTA MUNICIPAL DE VEÍCULOS DA PREFEITURA MUNICIPAL DE LAVRINHAS/SP</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ANGELITA FELIPE</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_01-2025_-_angelita.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE LOMBADA NA ESTRADA DA CAPELA DO JACU/RETIRO DOS BARBOSAS, NA ALTURA DA CHÁCARA CASCATA</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_02-2025_-_angelita.pdf</t>
   </si>
@@ -1688,187 +1889,157 @@
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, DE QUE SEJA INSTALADA UMA TORRE DE TELEFONIA MÓVEL NO BAIRRO DE PINHEIROS</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_53-2025_-_angelita.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE À POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE LIXEIRAS JÁ AQUIRIDAS PELA ADMINISTRAÇÃO NA GESTÃO PASSADA</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_54-2025_-_carlao.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, DAR CONTINUIDADE AO PROGRAMA DE CASTRAÇÃO DE ANIMAIS NO MUNICÍPIO</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1438/indicacao_55-2025_-_carlao.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE DISPONIBILIZAR UMA SALA EQUIPADA PARA A REALIZAÇÃO DA TRIAGEM PARA NOMEAÇÃO DE ADVOGADO DATIVO NA CIDADE DE LAVRINHAS, VIA CONVÊNIO DA ASSISTÊNCIA JURÍDICA SUPLEMENTAR FIRMADO ENTRE A ORDEM DOS ADVOGADOS DO BRASIL SEÇÃO SÃO PAULO (OAB SP) E A DEFENSORIA PÚBLICA DO ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_56-2025_-_carlao.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, FIRMAR PARCERIAS PÚBLICO-PRIVADAS PARA A OFERTA DE CURSOS PROFISSIONALIZANTES E ESTÁGIOS</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>57</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_57-2025_-_carlao.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE CONCEDER INCENTIVO AOS ESTUDANTES DE BAIXA RENDA QUE OBTIVEREM PONTUAÇÃO NO “ENEM” PARA O INGRESSO NO ENSINO SUPERIOR</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>58</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1441/indicacao_58-2025_-_celma.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, CONSTRUIR UM PARQUE INFANTIL E ACADEMIA AO AR LIVRE PRÓXIMO AO POSTO DE SAÚDE DO BAIRRO RECANTO TRANQUILO</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>59</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_59-2025_-_celma.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE INSTITUIR UM PROGRAMA DE DISTRIBUIÇÃO GRATUITA DE CESTAS DE LEGUMES E FRUTAS PARA PESSOAS DIAGNOSTICADAS COM CÂNCER, PORTADORES DE OUTRAS DOENÇAS CRÔNICAS E FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL, DEVIDAMENTE COMPROVADA</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_60-2025_-_celma.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVES DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE AR CONDICIONADO NO POSTO DE SAÚDE DO BAIRRO VILLAGE CAMPESTRE</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>61</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_61-2025_-_celma.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE GUARD RAIL NA LATERAL DO CÓRREGO DA RUA OSCAR RODRIGUES, NO BAIRRO PINHEIROS</t>
   </si>
   <si>
     <t>1445</t>
-  </si>
-[...1 lines deleted...]
-    <t>62</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_62-2025_-_babi.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE PROCEDER COM A SUBSTITUIÇÃO DO VALOR DO VALE ALIMENTAÇÃO POR CARTÃO VR - VALE REFEIÇÃO</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_63-2025_-_babi.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA E MONITORAMENTO NA RODOVIA JÚLIO FORTES, NAS ENTRADAS DOS BAIRROS VILLAGE CAMPESTRE E JARDIM MAVISOU E LAVRINHAS, SENTIDO DUTRA</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_64-2025_-_babi.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVES DO SETOR RESPONSÁVEL, .PROCEDER COM MELHORIAS DIVERSAS NO CEMITÉRIO DE PINHEIROS, TAIS COMO: INSTALAÇÃO DE BEBEDOUROS DE ÁGUA POTÁVEL; INSTALAÇÃO DE CORRIMÃO NA_x000D_
 ESCADARIA; DISPONIBILIZAÇÃO DE CAVALETES PARA APOIO DAS URNAS NO MOMENTO DO SEPULTAMENTO; DISPONIBILIZAÇÃO DE TENDAS E EPIS COMPLETOS PARA OS COVEIROS</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>65</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_65-2025_-_babi.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE FIRMAR CONTRATO/CONVÊNIO E A PROCEDER DESCONTO NA FOLHA DE PAGAMENTO COM REPASSE À INSTITUIÇÃO PRIVADA FARMÁCIA, PARA A CONCESSÃO DE DESCONTOS A FAVOR DOS EMPREGADOS PÚBLICOS DA PREFEITURA MUNICIPAL DE LAVRINHAS/SP E SEUS DEPENDENTES, MEDIANTE DESCONTO EM FOLHA DE PAGAMENTO, SEM ÔNUS AO_x000D_
 ERÁRIO PÚBLICO</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>66</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_66-2025_-_babi.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, EM HAVENDO VIABILIDADE, OFERTAR SUPORTE PARA A_x000D_
 CRIAÇÃO E INSTALAÇÃO DA ASSOCIAÇÃO DOS FUNCIONÁRIOS PÚBLICOS DO MUNICÍPIO DE LAVRINHAS/SP, ENTIDADE SEM FINS LUCRATIVOS OU ECONÔMICO</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_67-2025_-_cleber.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE INSTITUIR NO MUNICÍPIO DE LAVRINHAS UM PROGRAMA NOS MOLDES DO “PROGRAMA DA FRENTE DE TRABALHO"</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
@@ -4532,50 +4703,519 @@
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1781/ind_285-2025_-_matheus_guedes.pdf</t>
   </si>
   <si>
     <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM MELHORIAS NA QUADRA POLIESPORTIVA LOCALIZADA NO BAIRRO RECANTO TRANQUILO</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1782/ind_286-2025_-_matheus_guedes.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO QUE ESTUDE A POSSIBILIDADE DE ALTERAR A LEI Nº 1.708/2025, PARA OTIMIZAR O PAGAMENTO DE DIÁRIAS AOS MOTORISTAS, INCLUSIVE EM ESPÉCIE, E INSTITUIR UM PROCEDIMENTO DE CONTROLE INTERNO, COM O ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL, NOS TERMOS DA ANEXA MINUTA DE ANTEPROJETO DE LEI</t>
   </si>
   <si>
+    <t>1847</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1847/ind_287-2025_-_angelita.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS NA PISTA DE PASSEIO QUE LIGA O BAIRRO DO CENTRO NA RUA SÃO JOÃO NO MUNICÍPIO DE LAVRINHAS</t>
+  </si>
+  <si>
+    <t>1848</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_288-2025_-_angelita.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE DOIS POSTES COM BRAÇOS DE LUZ NA EXTENSÃO DA RODOVIA JÚLIO FORTES NO BAIRRO CENTRO DO MUNICÍPIO DE LAVRINHAS</t>
+  </si>
+  <si>
+    <t>1849</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_289-2025_-_celma.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A MANUTENÇÃO E MELHORIA DA ILUMINAÇÃO DA QUADRA POLIESPORTIVA NO BAIRRO CENTRO DO MUNICÍPIO DE LAVRINHAS</t>
+  </si>
+  <si>
+    <t>1850</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_290-2025_-_celma.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, INTERCEDER JUNTO À DER PARA CRIAÇÃO DE ACOSTAMENTO NA RODOVIA SP-058 (CIMIL / PINHEIROS) NO MUNICÍPIO DE LAVRINHAS</t>
+  </si>
+  <si>
+    <t>1851</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1851/ind_291-2025_-_celma.pdf</t>
+  </si>
+  <si>
+    <t>OLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM AUMENTO DA COTA DE LEITE DISTRIBUÍDA ÀS FAMÍLIAS ATENDIDAS PELO PROGRAMA SOCIAL VIVA LEITE DO MUNICÍPIO</t>
+  </si>
+  <si>
+    <t>1852</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_292-2025_-_juliana.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM AS MELHORIAS DA ESCOLA MUNICIPAL JÚLIO FORTES: MANUTENÇÃO DOS EQUIPAMENTOS DE ARCONDICIONADO JÁ EXISTENTES, INSTALAÇÃO DE NOVOS APARELHOS NAS SALAS DE AULA QUE AINDA NÃO POSSUEM CLIMATIZAÇÃO E ADEQUAÇÃO DOS PADRÕES ELÉTRICOS DA ESCOLA PARA SUPORTAR A DEMANDA DOS EQUIPAMENTOS COM SEGURANÇA E EFICIÊNCIA</t>
+  </si>
+  <si>
+    <t>1853</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_293-2025_-_juliana.pdf</t>
+  </si>
+  <si>
+    <t>OLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A MANUTENÇÃO E LIMPEZA CONTÍNUA DA PRAÇA LOCALIZADA NA RUA OLGA TONDATO FRANÇA, NO BAIRRO JARDIM MAVISOU</t>
+  </si>
+  <si>
+    <t>1854</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_294-2025_-_juliana.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A IMPLANTAÇÃO DE UMA LIXEIRA DE MAIOR CAPACIDADE NA ESQUINA DA QUADRA DA ESCOLA MUNICIPAL JÚLIO FORTES, NO BAIRRO JARDIM MAVISOU</t>
+  </si>
+  <si>
+    <t>1855</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_295-2025_-_juliana.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM PODA E O CORTE DA ÁRVORE ATRÁS DA QUADRA DA ESCOLA MUNICIPAL JÚLIO FORTES, NO BAIRRO JARDIM MAVISOU</t>
+  </si>
+  <si>
+    <t>1856</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_296-2025_-_juliana.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM O RECAPEAMENTO DA RUA OLGA TONDATO FRANÇA, ESPECIALMENTE NO TRECHO LOCALIZADO PRÓXIMO À QUADRA DA ESCOLA MUNICIPAL JÚLIO FORTES, NO BAIRRO JARDIM MAVISOU</t>
+  </si>
+  <si>
+    <t>1857</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_297-2025_-_matheus_guedes.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM CORREÇÃO E RECUPERAÇÃO DO BECO LOCALIZADO ENTRE A RUA DOS CRISÂNTEMOS E A RUA DAS ROSAS NO BAIRRO VILLAGE CAMPESTRE</t>
+  </si>
+  <si>
+    <t>1858</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_298-2025_-_matheus_guedes.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A REVISÃO E ADEQUAÇÃO DA PARTE ELÉTRICA E ILUMINAÇÃO DA PRACINHA LOCALIZADA NA RUA DAS ACÁCIAS NO BAIRRO VILLAGE CAMPESTRE</t>
+  </si>
+  <si>
+    <t>1859</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_299-2025_-_matheus_costa.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A_x000D_
+MANUTENÇÃO DA PINTURA DA PONTE SOBRE O RIO PARAÍBA DO SUL LOCALIZADA NO CENTRO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1860</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_300-2025_-_angelita.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A MANUTENÇÃO DA PINTURA DA PONTE SOBRE O RIO PARAÍBA DO SUL LOCALIZADA NO CENTRO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1861</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_301-2025_-_angelita.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE UMA FAIXA ELEVADA NA RODOVIA JÚLIO FORTES PRÓXIMO AO PONTO DE ÔNIBUS NO CENTRO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1862</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_302-2025_-_angelita.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DE “PROIBIDO ESTACIONAR” NAS PROXIMIDADES DOS PONTOS TURÍSTICOS E BALNEÁRIOS DO MUNICÍPIO</t>
+  </si>
+  <si>
+    <t>1863</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_303-2025_-_carlao.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, A CRIAÇÃO DA CLASSIFICAÇÃO DOS SALÁRIOS DOS MOTORISTAS DA REDE MUNICIPAL DE ACORDO COM A CATEGORIA DA CARTEIRA NACIONAL DE HABILITAÇÃO (CNH) EXIGIDA PARA O EXERCÍCIO DA FUNÇÃO</t>
+  </si>
+  <si>
+    <t>1864</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_304-2025_-_carlao.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, A CRIAÇÃO DE UM ESPAÇO ADEQUADO PARA O ARMAZENAMENTO DOS VEÍCULOS OFICIAIS E PARA A ORGANIZAÇÃO DO ALMOXARIFADO DA PREFEITURA DE LAVRINHAS</t>
+  </si>
+  <si>
+    <t>1865</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_305-2025_-_carlao.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, ESTUDE A POSSIBILIDADE DE CEDER TERRENOS PARA EMPRESAS INTERESSADAS EM SE INSTALAR EM LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1866</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1866/ind_306-2025_-_celma.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER A MELHORIA DA ILUMINAÇÃO NO CALÇADÃO DE PINHEIROS</t>
+  </si>
+  <si>
+    <t>1867</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1867/ind_307-2025_-_celma.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER A LIMPEZA DA ESTRADA DO RIO CLARO</t>
+  </si>
+  <si>
+    <t>1868</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1868/ind_308-2025_-juliana.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A  CONSTRUÇÃO DE UM PONTO DE ÔNIBUS COM COBERTURA E ASSENTO, NAS PROXIMIDADES DAS RUAS LUCAS CARNEIRO RUBIANO E JOSÉ SIMPLÍCIO FILHO, LOCALIZADAS NO BAIRRO RECANTO TRANQUILO</t>
+  </si>
+  <si>
+    <t>1869</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1869/ind_309-2025_-juliana.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A CONSTRUÇÃO DE PONTOS DE ÔNIBUS COM COBERTURA E ASSENTO NO BAIRRO JARDIM MAVISOU</t>
+  </si>
+  <si>
+    <t>1870</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1870/ind_310-2025_-_matheus_guedes.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A CRIAÇÃO DE UMA QUADRA DE AREIA PARA FUTEVÔLEI E VÔLEI AO LADO DO CAMPO DE FUTEBOL DO CENTRO</t>
+  </si>
+  <si>
+    <t>1871</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1871/ind_311-2025_-_angelita.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE UM PARQUE INFANTIL NA CRECHE MUNICIPAL MARIA ALICE VIEIRA, LOCALIZADA NO BAIRRO DA CAPELA DO JACU</t>
+  </si>
+  <si>
+    <t>1872</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1872/ind_312-2025_-_angelita.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE COBERTURA NO PÁTIO DA CRECHE MUNICIPAL MARIA ALICE VIEIRA, LOCALIZADA NO BAIRRO DA CAPELA DO JACU</t>
+  </si>
+  <si>
+    <t>1873</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1873/ind_313-2025_-_angelita.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A CONSTRUÇÃO DE MAIS UM BANHEIRO NA CRECHE MUNICIPAL MARIA ALICE VIEIRA, LOCALIZADA NO BAIRRO DA CAPELA DO JACU</t>
+  </si>
+  <si>
+    <t>1874</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1874/ind_314-2025_-_celma.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM AUMENTO DE DUAS VAGAS PARA O EFETIVO DE TÉCNICOS DE ENFERMAGEM NO QUADRO DA SAÚDE MUNICIPAL</t>
+  </si>
+  <si>
+    <t>1875</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1875/ind_315-2025_-_babi.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, FIRMAR CONVÊNIOS COM FARMÁCIAS, DEPÓSITOS DE GÁS E BALNEÁRIOS</t>
+  </si>
+  <si>
+    <t>1876</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_316-2025_-_babi.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A VALORIZAÇÃO E O RECONHECIMENTO DOS PROFISSIONAIS DO SETOR DE PLANTÃO DE AMBULÂNCIA DO MUNÍCIPIO</t>
+  </si>
+  <si>
+    <t>1877</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_317-2025_-_babi.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM FORNECIMENTO DE UNIFORMES IMPERMEÁVEIS AOS COLETORES DE LIXO E AOS COLABORADORES DO CEMITÉRIO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>1878</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1878/ind_318-2025_-_babi.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NO PRÉDIO DA SECRETARIA MUNICIPAL DE SAÚDE, NA UNIDADE BÁSICA DE SAÚDE E NA GARAGEM DA SECRETARIA DE TRANSPORTE, LOCALIZADAS NO CENTRO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1879</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_319-2025_-_juliana.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, IMPLEMENTAR A CAMPANHA “ADOTE UMA PRAÇA” NO MUNICIPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1880</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_320-2025_-_juliana.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, REALIZAR A LIMPEZA CONTÍNUA DO MATO EXISTENTE NO FUNDO DO ANTIGO POSTO LOCALIZADO NO BAIRRO RECANTO TRANQUILO NO MUNICIPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1881</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_321-2025_-_juliana.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, REALIZAR CADASTRO MUNICIPAL DE PESSOAS COM DEFICIÊNCIA E DOENÇAS RARAS NO MUNICIPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1882</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_322-2025_-_matheus_guedes.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO AO PODER EXECUTIVO QUE ESTUDE A POSSIBILIDADE DE CRIAÇÃO DO CONSELHO MUNICIPAL DA JUVENTUDE DE LAVRINHAS (CMJ), COM O ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL, CONFORME SUGESTÃO DO ANEXO ANTEPROJETO DE LEI</t>
+  </si>
+  <si>
+    <t>1883</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1883/ind_323-2025_-_matheus_guedes_e_matheus_costa.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO AO PODER EXECUTIVO QUE ESTUDE A POSSIBILIDADE DE CRIAÇÃO DE POLÍTICA MUNICIPAL DE INCENTIVO À EDUCAÇÃO FINANCEIRA NAS ESCOLAS DA REDE MUNICIPAL DE LAVRINHAS E CRIAÇÃO O DIA MUNICIPAL DE CONSCIENTIZAÇÃO FINANCEIRA, COM O ENVIO DE PROJETO DE LEI À CÂMARA MUNICIPAL, CONFORME SUGESTÃO DO ANEXO ANTEPROJETO DE LEI</t>
+  </si>
+  <si>
+    <t>1884</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1884/ind_324-2025_-_celma.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, PROCEDER COM A MANUTENÇÃO, REPARO DO ASFALTO NA ESTRADA SÃO SEBASTIÃO, LOCALIZADA NO BAIRRO DA CAPELA DO JACU</t>
+  </si>
+  <si>
+    <t>1885</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_325-2025_-_cleber.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITO RESPEITOSAMENTE AO EXECUTIVO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE, ATRAVÉS DO SETOR RESPONSÁVEL, CONTEMPLAÇÃO DOS ANTIGOS SORTEADOS NA NOVA DEMANDA DO PROGRAMA MINHA CASA MINHA VIDA NO MUNICÍPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
     <t>1499</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1499/mocao_01_-_carlao.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES A ILUSTRÍSSIMA SENHORA APARECIDA ROCHA SIQUEIRA DE SOUZA - EX-VEREADORA PELO TRABALHO EXCEPCIONAL, A FESTA DE REIS, REALIZADA NO MUNICÍPIO DE LAVRINHAS/SP</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1574/mocao_02-2025_-_angelita.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR MURILO MOREIRA DOS SANTOS, PELA CONQUISTA DA MEDALHA DE OURO NA MODALIDADE “CONSTRUÇÃO EM ALVENARIA” REPRESENTANDO A ESCOLA SENAI CRUZEIRO NA OLIMPÍADA DO CONHECIMENTO, ETAPA ESTADUAL</t>
   </si>
   <si>
     <t>1575</t>
@@ -4661,86 +5301,167 @@
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR LUIZ OTAVIO GAVAZI DE CAMPOS ATLETA DESTAQUE NO GUIBOR FIGHT, COMPETIÇÃO DE ARTES MARCIAIS REALIZADA NO CENTRO DE TREINAMENTO ELITE, EM CRUZEIRO</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1584/mocao_12-2025_-_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR DR. LEONARDO ABRÃO FOI DESTAQUE NO GUIBOR FIGTH, COMPETIÇÃO DE ARTES MARCIAIS, REALIZADA NO CENTRO DE TREINAMENTO ELITE, EM CRUZEIRO</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1585/mocao_13-2025_-_celma.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR PELO FALECIMENTO DO SENHOR ROQUE MARCOS DE OLIVEIRA</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1651/mocao_15-2025_-_babi.pdf</t>
+  </si>
+  <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES À ILUSTRÍSSIMA SENHORA ALAYDE PEREIRA NOVAES, PELA SUA BRILHANTE TRAJETÓRIA E INESTIMÁVEL CONTRIBUIÇÃO AO MUNICÍPIO DE LAVRINHAS</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1783/mocao_17-2025_-_todos.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR ADAUTO BATISTA NERI, PELA DEDICAÇÃO, DISCIPLINA E AMOR À VIDA NO TRABALHO DESENVOLVIDO NO MUNÍCIPIO DE LAVRINHAS/SP</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>JULIANA RODRIGUES, ANGELITA FELIPE, BABI MOTORISTA, CARLÃO DA CAPOEIRA, CELMA ENFERMEIRA, MATHEUS DA COSTA, MATHEUS GUEDES, OCIMARA, PROF. CLEBER</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1784/mocao_18-2025_-_todos.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES A BANDA MARCIAL MUNICIPAL DE LAVRINHAS PELO GRANDIOSO TRABALHO E PELA REPRESENTAÇÃO DO MUNICÍPIO DE LAVRINHAS NOS EVENTOS</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>ANGELITA FELIPE, BABI MOTORISTA, CARLÃO DA CAPOEIRA, CELMA ENFERMEIRA, JULIANA RODRIGUES, MATHEUS DA COSTA, MATHEUS GUEDES, PROF. CLEBER</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1785/mocao_19-2025_-_angelita_babi_carlao_ju_cleber_matheus_costa_matheus_guedes_e_celma.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO ILUSTRÍSSIMO DOUTOR ANDRÉ BRIA GOUVEA TAVARES E PARA A SENHORA HILDA LEA MARTINS GOUVEA TAVARES, PELO RECONHECIMENTO DA TRAJETÓRIA DESSES PROFISSIONAIS FRENTE AO MUNÍCIPIO DE LAVRINHAS/SP</t>
   </si>
   <si>
+    <t>1886</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1886/mocao_20-2025_-__babi_angelita_e__ju.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE APLAUSOS E CONGRATULAÇÕES À ILUSTRÍSSIMA SENHORA CIBELE HORTA LEONETTI, PELA SUA TRAJETÓRIA NO MUNICÍPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1887</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1887/mocao_21-2025_-__ju_angelita_e_babi.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE APLAUSOS E CONGRATULAÇÕES A COMISSÃO DO PROJETO MENINOS DA VILA PELO GRANDIOSO TRABALHO NO MUNICÍPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1888</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1888/mocao_22-2025_-__ju_angelita_e_babi.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE APLAUSOS E CONGRATULAÇÕES TODAS AS CRIANÇAS/ADOLESCENTES DO PROJETO MENINOS DA VILA PELO GRANDIOSO TRABALHO NO MUNICÍPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1889</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1889/mocao_23-2025_-_cleber.pdf</t>
+  </si>
+  <si>
+    <t>MANIFESTAR APOIO AO PROJETO DE LEI N° 1.152/2025, DE AUTORIA DO DEPUTADO ESTADUAL ORTIZ JÚNIOR, QUE AUTORIZA O FORNECIMENTO DE MERENDA ESCOLAR AOS PROFESSORES E DEMAIS PROFISSIONAIS DA EDUCAÇÃO, EM EFETIVO EXERCICIO NOS ESTABELECIMENTOS PÚBLICOS DE ENSINO</t>
+  </si>
+  <si>
+    <t>1890</t>
+  </si>
+  <si>
+    <t>PROF. CLEBER, ANGELITA FELIPE, BABI MOTORISTA, CARLÃO DA CAPOEIRA, CELMA ENFERMEIRA, JULIANA RODRIGUES, MATHEUS DA COSTA, MATHEUS GUEDES, OCIMARA</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1890/mocao_24-2025_-_todos.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR ADILSON FELIPE, PELA DEDICAÇÃO, DISCIPLINA E AMOR À VIDA NO TRABALHO DESENVOLVIDO NO MUNICÍPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1891</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1891/mocao_25-2025_-_todos.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR BENEDITO RODRIGUES DE MORAES “GASTAI”, PELA DEDICAÇÃO, DISCIPLINA E AMOR NO TRABALHO DESENVOLVIDO NO MUNICÍPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1892</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1892/mocao_26-2025_-_todos.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR JOSÉ FRANCISCO RAMOS “ZÉ DA QUADRA”, PELA DEDICAÇÃO, DISCIPLINA E AMOR NO TRABALHO DESENVOLVIDO NO MUNICÍPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
+    <t>1893</t>
+  </si>
+  <si>
+    <t>BABI MOTORISTA, ANGELITA FELIPE, CARLÃO DA CAPOEIRA, CELMA ENFERMEIRA, JULIANA RODRIGUES, MATHEUS DA COSTA, MATHEUS GUEDES, OCIMARA, PROF. CLEBER</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1893/mocao_27-2025_-_todos.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE APLAUSOS E CONGRATULAÇÕES À TRAJETÓRIA PROFISSIONAL E PESSOAL DA ILUSTRÍSSIMA DRA. ISIANA LUISA DE LUCA RODRIGUES PEREIRA DENIGRES NO MUNICÍPIO DE LAVRINHAS/SP</t>
+  </si>
+  <si>
     <t>1619</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>Parecer Projeto Lei</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1619/parecer_projeto_de_lei_n_01_-_15.01.2025.pdf</t>
   </si>
   <si>
     <t>PARECER PROJETO DE LEI N° 01</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1620/parecer_projeto_de_lei_n_02_-_05.02.2025.pdf</t>
@@ -4856,50 +5577,62 @@
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1815/parecer_projeto_de_lei_n_15_-_30.04.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O PROJETO DE LEI Nº 15/2025</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1631/parecer_projeto_de_lei_n_16_-_15.05.2025.pdf</t>
   </si>
   <si>
     <t>PARECER PROJETO DE LEI N° 16</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1632/parecer_projeto_de_lei_n_17_-_15.05.2025.pdf</t>
   </si>
   <si>
     <t>PARECER PROJETO DE LEI N° 17</t>
   </si>
   <si>
+    <t>1900</t>
+  </si>
+  <si>
+    <t>CJR - Comissão de Justiça e Redação, CMC - Comissão de Mérito Comunitário</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1900/parecer_projeto_de_lei_n_18_-_04.06.2025.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO E MÉRITO COMUNITÁRIO SOBRE O PROJETO DE LEI N.º 18/2025</t>
+  </si>
+  <si>
     <t>1633</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1633/parecer_projeto_de_lei_n_19_-_21.05.2025.pdf</t>
   </si>
   <si>
     <t>PARECER PROJETO DE LEI N° 19</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1634/parecer_projeto_de_lei_n_20_-_28.05.2025.pdf</t>
   </si>
   <si>
     <t>PARECER PROJETO DE LEI N° 20</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1635/parecer_projeto_de_lei_n_21_-_28.05.2025.pdf</t>
   </si>
   <si>
     <t>PARECER PROJETO DE LEI N° 21</t>
@@ -4994,92 +5727,110 @@
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1796/parecer_projeto_de_lei_n_31.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 31/202</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1797/parecer_projeto_de_lei_n_32.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 32/2025</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1798/parecer_projeto_de_lei_n_33.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O PROJETO DE LEI Nº 33/2025</t>
   </si>
   <si>
+    <t>1901</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1901/parecer_projeto_de_lei_n_34.pdf</t>
+  </si>
+  <si>
+    <t>Comissões de Justiça e Redação e Finanças e Orçamento PROJETO 34-2025</t>
+  </si>
+  <si>
     <t>1799</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1799/parecer_projeto_de_lei_n_35.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES DE JU STIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O PROJETO DE LEI Nº 35/2025</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O PROJETO DE LEI Nº 36/2025</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1801/parecer_projeto_de_lei_n_37.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÃO PERMANENTE DE JU STIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 37/2025</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1802/parecer_projeto_de_lei_n_38.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 38/2025</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1803/parecer_projeto_de_lei_n_39.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 39/2025</t>
   </si>
   <si>
+    <t>1902</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1902/parecer_projeto_de_lei_n_40.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 40/2025</t>
+  </si>
+  <si>
     <t>1804</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1804/parecer_projeto_de_lei_n_41.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 41/2025</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1805/parecer_projeto_de_lei_n_42.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÃO PERMANENTE DE JU STIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 42/2025</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1806/parecer_projeto_de_lei_n_43.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 43/2025</t>
@@ -5090,132 +5841,306 @@
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1807/parecer_projeto_de_lei_n_44.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 44/2025</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1808/parecer_projeto_de_lei_n_45.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 45/2025</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1809/parecer_projeto_de_lei_n_46.pdf</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 46/2025</t>
   </si>
   <si>
+    <t>1903</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1903/parecer_projeto_de_lei_n_48.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÕES PERMANENTES DE JU STIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O PROJETO DE LEI Nº 48/2025</t>
+  </si>
+  <si>
+    <t>1904</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_projeto_de_lei_n_50.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 50/2025</t>
+  </si>
+  <si>
+    <t>1905</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_projeto_de_lei_n_51.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 51/2025</t>
+  </si>
+  <si>
+    <t>1906</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1906/parecer_projeto_de_lei_n_52.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÃO PERMANENTE DE;JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 52/2025</t>
+  </si>
+  <si>
+    <t>1907</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1907/parecer_projeto_de_lei_n_53.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÃO PERMANENTE DE JU STIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 53/2025</t>
+  </si>
+  <si>
+    <t>1908</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1908/parecer_projeto_de_lei_n_54.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E F INANÇAS E ORÇAMENTOS SOBRE O PROJETO DE LEI Nº 54/2025</t>
+  </si>
+  <si>
+    <t>1909</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1909/parecer_projeto_de_lei_n_55.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÕES PERMANEN TES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O, PROJETO DE LEI Nº 55/2025</t>
+  </si>
+  <si>
+    <t>1910</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1910/parecer_projeto_de_lei_n_56.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O PROJETO DE LEI Nº 56/2025</t>
+  </si>
+  <si>
+    <t>1911</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1911/parecer_projeto_de_lei_n_57.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O.PROJETO DE LEI Nº 57/2025</t>
+  </si>
+  <si>
+    <t>1912</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1912/parecer_projeto_de_lei_n_58.pdf</t>
+  </si>
+  <si>
+    <t>PARECER PROJETO 58-2025</t>
+  </si>
+  <si>
+    <t>1913</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1913/parecer_projeto_de_lei_n_59.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O PROJETO DE LEI Nº 59/2025</t>
+  </si>
+  <si>
+    <t>1914</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1914/parecer_projeto_de_lei_n_60.pdf</t>
+  </si>
+  <si>
+    <t>PARECER PROJETO 60-2025</t>
+  </si>
+  <si>
+    <t>1915</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1915/parecer_projeto_de_lei_n_61.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE LEI Nº 61/2025</t>
+  </si>
+  <si>
+    <t>1916</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1916/parecer_projeto_de_lei_n_62.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E FINANÇAS E ORÇAMENTOS SOBRE O PROJETO DE LEI Nº 62/2025</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>CJR - Comissão de Justiça e Redação, CEHAS - Comissão de Educação, Higiene e Assistência Social, CFO - Comissão de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1917/parecer_projeto_de_lei_n_65.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO, FINANÇAS E ORÇAMENTOS, EDUCAÇÃO, HIGINE E ASSITÊNCIA SOCIAL SOBRE O PROJETO DE LEI Nº 65/2025</t>
+  </si>
+  <si>
+    <t>1918</t>
+  </si>
+  <si>
+    <t>CJR - Comissão de Justiça e Redação, CUOSP - Comissão de Urbanismo, Obras e Serviços Públicos</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1918/parecer_projeto_de_lei_n_66.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E URBANISMO, OBRAS E SERVIÇOS PÚBLICOS SOBRE O PROJETO DE LEI Nº 66/2025</t>
+  </si>
+  <si>
     <t>1639</t>
   </si>
   <si>
     <t>PAEME</t>
   </si>
   <si>
     <t>Parecer Emenda</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1639/emenda_a_lei_organica_n_01_-_30.01.2025.pdf</t>
   </si>
   <si>
     <t>PARECER EMENDA A LEI ORGANICA N° 01</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>PARES</t>
   </si>
   <si>
     <t>Parecer Resolução</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1810/parecer_projeto_de_resolucao_n_01.pdf</t>
   </si>
   <si>
     <t>PARECER PROJETO DE RESOLUÇÃO N° 01 - JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
+    <t>1919</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1919/parecer_projeto_resolucao_n_02.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO PERMANENTES DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE RESOLUÇÃO Nº 02/2025</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1920/parecer_projeto_resolucao_n_03.pdf</t>
+  </si>
+  <si>
+    <t>PARECER PROJETO RESOLUÇÃO 03-2025</t>
+  </si>
+  <si>
     <t>1637</t>
   </si>
   <si>
     <t>PARDE</t>
   </si>
   <si>
     <t>Parecer Decreto</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1637/parecer_decreto_legislativo_n_01_-_19.03.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DECRETO LEGISLATIVO N° 01</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>CJR - Comissão de Justiça e Redação, CMC - Comissão de Mérito Comunitário</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1638/parecer_decreto_legislativo_n_02_-_05.05.2025.pdf</t>
   </si>
   <si>
     <t>PARECER DECRETO LEGISLATIVO N° 02</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1811/parecer_decreto_legislativo_n_03.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E MÉRITO COMUNITÁRIO SOBRE O PROJETO DECRETO Nº 03/2025</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1812/parecer_decreto_legislativo_n_04.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E MÉRITO COMUNITÁRIO SOBRE O PROJETO DECRETO Nº 04/2025</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1813/parecer_decreto_legislativo_n_05.pdf</t>
   </si>
   <si>
     <t>PARECER DAS COMISSÕES PERMANENTES DE JUSTIÇA E REDAÇÃO E MÉRITO COMUNITÁRIO SOBRE O PROJETO DECRETO Nº 05/2025</t>
+  </si>
+  <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1921/projeto_decreto_legislativo_06-2025.pdf</t>
+  </si>
+  <si>
+    <t>PARECER PROJETO DECRETO LEGISLATIVO 06-2025</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta Emenda Lei Orgânica Município Lavrinhas</t>
   </si>
   <si>
     <t>CELMA ENFERMEIRA, ANGELITA FELIPE, BABI MOTORISTA</t>
   </si>
   <si>
     <t>https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1489/proposta_emenda_lei_organica_no_01_-_celma-angelita-babi.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTIGO 100-A À LEI ORGÂNICA DO MUNICÍPIO DE LAVRINHAS/SP</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>EMPEM</t>
   </si>
@@ -5555,56 +6480,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1490/projeto_lei_01-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1591/projeto_lei_02-2025_-_ver._juliana_-_babi_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_lei_03-2025_-_ver._juliana_-_babi_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_lei_04-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1492/projeto_lei_05-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_lei_06-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1494/projeto_lei_07-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1495/projeto_lei_08-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1496/projeto_lei_09-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1594/projeto_lei_10-2025_-_ver._juliana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1595/projeto_lei_11-2025_-_ver._juliana.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1596/projeto_lei_12-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1735/projeto_lei_13-2025_-_ver._juliana_-_angelita_-_babi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1597/projeto_lei_14-2025_-_ver._antonio_carlos_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1500/projeto_lei_15-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1593/projeto_lei_16-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1598/projeto_lei_17-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1599/projeto_lei_18-2025_-_ver._cleber.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1600/projeto_lei_19-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1601/projeto_lei_20-2025_-_ver._celma.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1602/projeto_lei_21-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1723/projeto_lei_22-2025_-_ver._juliana_-_angelita_-_babi.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1603/projeto_lei_23-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1648/projeto_lei_24-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1649/projeto_lei_25-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1650/projeto_lei_26-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1706/projeto_lei_27-2025_-_ver._juliana_-_angelita_-_babi.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1707/projeto_lei_28-2025_-_ver._juliana_-_angelita_-_babi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1708/projeto_lei_29-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_lei_30-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1710/projeto_lei_31-2025_-_babi__angelita_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_lei_32-2025_-_juliana_ocimara_babi_carlao_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1712/projeto_lei_33-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1713/projeto_lei_34-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_lei_35-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1715/projeto_lei_36-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1716/projeto_lei_37-2025_-_matheus_da_costa_e_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1717/projeto_lei_38-2025_-_matheus_guedes_matheus_da_costa_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1718/projeto_lei_39-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1724/projeto_lei_40-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1719/projeto_lei_41-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_lei_42-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1722/projeto_lei_43-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1725/projeto_lei_44-2025_-_carlao_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_lei_45-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_lei_48-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_lei_49-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_lei_50-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_lei_51-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_lei_52-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1733/projeto_lei_53-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1734/projeto_lei_54-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1498/projeto_decreto_legislativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1605/projeto_decreto_legislativo_02-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1786/projeto_decreto_legislativo_03-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_decreto_legislativo_04-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_decreto_legislativo_05-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1604/projeto_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1835/projeto_resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1836/projeto_resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1485/requerimento_01-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento_02-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1487/requerimento_03-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1488/requerimento_04-2025_cleber.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1583/requerimento_05-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1586/requerimento_06-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1587/requerimento_07-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1588/requerimento_08-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1589/requerimento_09-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1640/requerimento_10-2025_celma_antonio_carlos_juliana_e_babi.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1641/requerimento_11-2025_celma_antonio_carlos_juliana_e_babi.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1642/requerimento_12-2025__babi.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1590/requerimento_13-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1643/requerimento_14-2025_cleber.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_15-2025_juliana_e_babi.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_16-2025_juliana_carlao_e_babi.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimento_17-2025_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1647/requerimento_18-2025_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1817/requerimento_19-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1818/requerimento_20-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1819/requerimento_21-2025_-_petrukio_babi_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1820/requerimento_22-2025_-_babi_angelita_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1821/requerimento_23-2025_-_babi_angelita_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1822/requerimento_24-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1823/requerimento_25-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1824/requerimento_26-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1825/requerimento_27-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1826/requerimento_28-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1827/requerimento_29-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_30-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_31-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_32-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_33-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1832/requerimento_34-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1833/requerimento_35-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1834/requerimento_36-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_01-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_02-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_03-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_04-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_05-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_06-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_07-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_08-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_09-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_10-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_11-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_12-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_13-2025_-_ocimara_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_14-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_15-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_16-2025_-_cleber_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_17-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_18-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_19-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_20-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_21-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_22-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_23-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_24-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_25-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_26-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_27-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_28-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_29-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_30-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_31-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_32-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_33-2025_-_celma_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_34-2025_-_celma_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_35-2025_-_celma_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_36-2025_-_celma_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_37-2025_-_celma_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_38-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_39-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_40-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_41-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_42-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_43-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_44-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_45-2025_-_carlao_juliana_e_ocimara.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_46-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_47-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_48-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_49-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_50-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_51-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_52-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_53-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_54-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1438/indicacao_55-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_56-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_57-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1441/indicacao_58-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_59-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_60-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_61-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_62-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_63-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_64-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_65-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_66-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_67-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_68-2025_-_juliana_e_carlao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_69-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_70-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_71-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_72-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_73-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_74-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_75-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_76-2025_-_ocimara_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_77-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_78-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_79-2025_-._matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_80-2025_-_carlao_cleber_e_ocimara.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_81-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_82-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_83-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_84-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_85-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_86-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_87-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_88-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_89-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_90-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_91-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_92-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_93-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_94-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_95-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_96-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_97-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_98-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_99-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_100-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_101-2025_-_angelita_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1502/indicacao_102-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_103-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_104-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_105-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_106-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_107-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_108-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_109-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_110-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_111-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_112-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_113-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_114-2025_-_juliana_celma_babi_angelita_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_115-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_116-2025_-_juliana_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_117-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_118-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_119-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_120-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_121-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_122-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_123-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_124-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_125-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_126-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_127-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_128-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_129-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_130-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_131-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_132-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_133-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_134-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_135-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_136-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_137-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_138-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_139-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_140-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_141-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_142-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_143-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_144-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_145-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_146-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_147-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_148-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_149-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_150-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_152-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1553/indicacao_153-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1554/indicacao_154-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1555/indicacao_155-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1556/indicacao_156-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1557/indicacao_157-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1558/indicacao_158-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1559/indicacao_159-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_160-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao_161-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_162-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_163-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_164-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_165-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_166-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_167-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_168-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_169-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_170-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_171-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_172-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_173-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_174-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_175-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1609/indicacao_176-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_177-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_178-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_179-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_180-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_181-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_182-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1616/indicacao_183-2025_-_matheus_costa_carlao_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_184-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_185-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_n_186-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_n_187-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_n_188-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_n_189-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_n_190-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_n_191-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_n_192-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_n_193-2025_-_flavio.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_n_194-2025_-_flavio.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_n_195-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_n_196-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_n_197-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_n_198-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_n_199-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1666/indicacao_n_200-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_n_201-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_n_202-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_203-2025_-_carlao_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_204-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_205-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_206-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_207-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_208-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_209-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_210-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_211-2025_-_juliana_e_babi.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_212-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_213-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_214-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1681/indicacao_215-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1682/indicacao_216-2025_-_matheus_guedes_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1683/ind_217-2025-_petrukio_e_celma.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1684/ind_218-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1685/ind_219-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1686/ind_220-2025_-_petrukio_e_celma.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_221-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1688/ind_222-2025_-_petrukio_e_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1689/ind_223-2025_-_petrukio_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1690/ind_224-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1691/ind_225-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1692/ind_226-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_227-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1694/ind_228-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1695/ind_229-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1696/ind_230-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1697/ind_231-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1698/ind_232-2025_-_matheus_guedes_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1699/ind_233-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1700/ind_234-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1701/ind_235-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1702/ind_236-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1703/ind_237-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_238-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_239-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1736/ind_240-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1737/ind_241-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1738/ind_242-2025_-_cleber_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1739/ind_243-2025_-_cleber_carlao_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1740/ind_244-2025_-_ju_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_245-2025_-_ju_e_celma.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1742/ind_246-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1743/ind_247-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1744/ind_248-2025_-_angelita_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1745/ind_249-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_250-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_251-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_252-2025_-_angelita_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1749/ind_253-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1750/ind_254-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1751/ind_255-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1752/ind_256-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1753/ind_257-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1754/ind_258-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1755/ind_259-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1756/ind_260-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1757/ind_261-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_262-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_263-2025_-_matheus_guedes_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1760/ind_264-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1761/ind_265-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1762/ind_266-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1763/ind_267-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1764/ind_268-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1765/ind_269-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_270-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1767/ind_271-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_272-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1769/ind_273-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_274-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_275-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1772/ind_276-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1773/ind_277-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1774/ind_278-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1775/ind_279-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1776/ind_280-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1777/ind_281-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1778/ind_282-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1779/ind_283-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1780/ind_284-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1781/ind_285-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1782/ind_286-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1499/mocao_01_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1574/mocao_02-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1575/mocao_03-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1576/mocao_04-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1577/mocao_05-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1606/mocao_06-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1578/mocao_07-2025_-_ocimara-angelita-carlao-cleber-matheuscosta-matheusguedes.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1579/mocao_08-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1580/mocao_09-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1581/mocao_10-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1582/mocao_11-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1584/mocao_12-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1585/mocao_13-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1783/mocao_17-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1784/mocao_18-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1785/mocao_19-2025_-_angelita_babi_carlao_ju_cleber_matheus_costa_matheus_guedes_e_celma.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1619/parecer_projeto_de_lei_n_01_-_15.01.2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1620/parecer_projeto_de_lei_n_02_-_05.02.2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1621/parecer_projeto_de_lei_n_03_-_05.02.2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1622/parecer_projeto_de_lei_n_05_-_14.02.2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1623/parecer_projeto_de_lei_n_06_-_18.02.2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1624/parecer_projeto_de_lei_n_07_-_18.02.2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1625/parecer_projeto_de_lei_n_08_-_17.03.2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1626/parecer_projeto_de_lei_n_09_-_17.03.2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1627/parecer_projeto_de_lei_n_10_-_04.04.2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1628/parecer_projeto_de_lei_n_11_-_04.05.2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1629/parecer_projeto_de_lei_n_12_-_11.04.2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1814/parecer_projeto_de_lei_n_13_-_23.04.2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1630/parecer_projeto_de_lei_n_14_-_30.04.2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1815/parecer_projeto_de_lei_n_15_-_30.04.2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1631/parecer_projeto_de_lei_n_16_-_15.05.2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1632/parecer_projeto_de_lei_n_17_-_15.05.2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1633/parecer_projeto_de_lei_n_19_-_21.05.2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1634/parecer_projeto_de_lei_n_20_-_28.05.2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1635/parecer_projeto_de_lei_n_21_-_28.05.2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1816/parecer_projeto_de_lei_n_22.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1636/parecer_projeto_de_lei_n_23_-_17.06.2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1789/parecer_projeto_de_lei_n_24.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1790/parecer_projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1791/parecer_projeto_de_lei_n_26.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1792/parecer_projeto_de_lei_n_27.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1793/parecer_projeto_de_lei_n_28.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1794/parecer_projeto_de_lei_n_29.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1795/parecer_projeto_de_lei_n_30.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1796/parecer_projeto_de_lei_n_31.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1797/parecer_projeto_de_lei_n_32.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1798/parecer_projeto_de_lei_n_33.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1799/parecer_projeto_de_lei_n_35.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1801/parecer_projeto_de_lei_n_37.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1802/parecer_projeto_de_lei_n_38.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1803/parecer_projeto_de_lei_n_39.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1804/parecer_projeto_de_lei_n_41.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1805/parecer_projeto_de_lei_n_42.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1806/parecer_projeto_de_lei_n_43.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1807/parecer_projeto_de_lei_n_44.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1808/parecer_projeto_de_lei_n_45.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1809/parecer_projeto_de_lei_n_46.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1639/emenda_a_lei_organica_n_01_-_30.01.2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1810/parecer_projeto_de_resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1637/parecer_decreto_legislativo_n_01_-_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1638/parecer_decreto_legislativo_n_02_-_05.05.2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1811/parecer_decreto_legislativo_n_03.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1812/parecer_decreto_legislativo_n_04.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1813/parecer_decreto_legislativo_n_05.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1489/proposta_emenda_lei_organica_no_01_-_celma-angelita-babi.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1497/emenda_no_01_proposta_emenda_lei_organica_no_01_-_matheus_costa_-_matheus_guedes_-_juliana.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1490/projeto_lei_01-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1591/projeto_lei_02-2025_-_ver._juliana_-_babi_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1592/projeto_lei_03-2025_-_ver._juliana_-_babi_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_lei_04-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1492/projeto_lei_05-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_lei_06-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1494/projeto_lei_07-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1495/projeto_lei_08-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1496/projeto_lei_09-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1594/projeto_lei_10-2025_-_ver._juliana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1595/projeto_lei_11-2025_-_ver._juliana.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1596/projeto_lei_12-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1735/projeto_lei_13-2025_-_ver._juliana_-_angelita_-_babi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1597/projeto_lei_14-2025_-_ver._antonio_carlos_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1500/projeto_lei_15-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1593/projeto_lei_16-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1598/projeto_lei_17-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1599/projeto_lei_18-2025_-_ver._cleber.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1600/projeto_lei_19-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1601/projeto_lei_20-2025_-_ver._celma.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1602/projeto_lei_21-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1723/projeto_lei_22-2025_-_ver._juliana_-_angelita_-_babi.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1603/projeto_lei_23-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1648/projeto_lei_24-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1649/projeto_lei_25-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1650/projeto_lei_26-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1706/projeto_lei_27-2025_-_ver._juliana_-_angelita_-_babi.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1707/projeto_lei_28-2025_-_ver._juliana_-_angelita_-_babi.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1708/projeto_lei_29-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_lei_30-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1710/projeto_lei_31-2025_-_babi__angelita_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_lei_32-2025_-_juliana_ocimara_babi_carlao_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1712/projeto_lei_33-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1713/projeto_lei_34-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_lei_35-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1715/projeto_lei_36-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1716/projeto_lei_37-2025_-_matheus_da_costa_e_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1717/projeto_lei_38-2025_-_matheus_guedes_matheus_da_costa_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1718/projeto_lei_39-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1724/projeto_lei_40-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1719/projeto_lei_41-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1720/projeto_lei_42-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1722/projeto_lei_43-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1725/projeto_lei_44-2025_-_carlao_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1726/projeto_lei_45-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1727/projeto_lei_46-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1728/projeto_lei_48-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1729/projeto_lei_49-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1730/projeto_lei_50-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1731/projeto_lei_51-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1732/projeto_lei_52-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1733/projeto_lei_53-2025_-_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1734/projeto_lei_54-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_lei_55-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1838/projeto_lei_56-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1839/projeto_lei_57-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1840/projeto_lei_58-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1841/projeto_lei_59-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1842/projeto_lei_60-2025_-_ver._juliana_-_angelita_-_babi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_lei_61-2025_-_ver._matheus_da_costa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1844/projeto_lei_62-2025_-_loa_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1845/projeto_lei_65-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1846/projeto_lei_66-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1922/veto_integral_-_projeto_lei_46-2025_-_autografo_41-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1498/projeto_decreto_legislativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1605/projeto_decreto_legislativo_02-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1786/projeto_decreto_legislativo_03-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_decreto_legislativo_04-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_decreto_legislativo_05-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1923/projeto_decreto_legislativo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1604/projeto_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1835/projeto_resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1836/projeto_resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1485/requerimento_01-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1486/requerimento_02-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1487/requerimento_03-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1488/requerimento_04-2025_cleber.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1583/requerimento_05-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1586/requerimento_06-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1587/requerimento_07-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1588/requerimento_08-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1589/requerimento_09-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1640/requerimento_10-2025_celma_antonio_carlos_juliana_e_babi.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1641/requerimento_11-2025_celma_antonio_carlos_juliana_e_babi.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1642/requerimento_12-2025__babi.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1590/requerimento_13-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1643/requerimento_14-2025_cleber.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1644/requerimento_15-2025_juliana_e_babi.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1645/requerimento_16-2025_juliana_carlao_e_babi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1646/requerimento_17-2025_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1647/requerimento_18-2025_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1817/requerimento_19-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1818/requerimento_20-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1819/requerimento_21-2025_-_petrukio_babi_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1820/requerimento_22-2025_-_babi_angelita_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1821/requerimento_23-2025_-_babi_angelita_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1822/requerimento_24-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1823/requerimento_25-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1824/requerimento_26-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1825/requerimento_27-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1826/requerimento_28-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1827/requerimento_29-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1828/requerimento_30-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1829/requerimento_31-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_32-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_33-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1832/requerimento_34-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1833/requerimento_35-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1834/requerimento_36-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_37-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1895/requerimento_38-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1896/requerimento_39-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1897/requerimento_40-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1898/requerimento_41-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1899/requerimento_42-2025_celma.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_01-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_02-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_03-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_04-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_05-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_06-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_07-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_08-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_09-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_10-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_11-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1395/indicacao_12-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_13-2025_-_ocimara_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_14-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_15-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_16-2025_-_cleber_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_17-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_18-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_19-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_20-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_21-2025_-_juliana_angelita_celma_e_babi.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_22-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_23-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_24-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_25-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_26-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_27-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_28-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_29-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_30-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_31-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_32-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_33-2025_-_celma_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_34-2025_-_celma_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_35-2025_-_celma_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_36-2025_-_celma_juliana_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_37-2025_-_celma_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_38-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_39-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_40-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_41-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_42-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_43-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_44-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_45-2025_-_carlao_juliana_e_ocimara.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_46-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_47-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_48-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_49-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_50-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_51-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_52-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1436/indicacao_53-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1437/indicacao_54-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1438/indicacao_55-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_56-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1440/indicacao_57-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1441/indicacao_58-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1442/indicacao_59-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_60-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_61-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_62-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_63-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_64-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1448/indicacao_65-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_66-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1450/indicacao_67-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_68-2025_-_juliana_e_carlao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_69-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_70-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_71-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_72-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_73-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_74-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1458/indicacao_75-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1459/indicacao_76-2025_-_ocimara_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1460/indicacao_77-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_78-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_79-2025_-._matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1463/indicacao_80-2025_-_carlao_cleber_e_ocimara.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_81-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_82-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_83-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_84-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_85-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_86-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_87-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_88-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_89-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_90-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_91-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_92-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1476/indicacao_93-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_94-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacao_95-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1479/indicacao_96-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_97-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_98-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_99-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_100-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_101-2025_-_angelita_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1502/indicacao_102-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_103-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_104-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_105-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_106-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_107-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_108-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_109-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_110-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_111-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1512/indicacao_112-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1513/indicacao_113-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1514/indicacao_114-2025_-_juliana_celma_babi_angelita_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_115-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_116-2025_-_juliana_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_117-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_118-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_119-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_120-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_121-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_122-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_123-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_124-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_125-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_126-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_127-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_128-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_129-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_130-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_131-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_132-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_133-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_134-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1535/indicacao_135-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_136-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_137-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_138-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_139-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_140-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_141-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_142-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_143-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_144-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_145-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_146-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_147-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_148-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_149-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_150-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_152-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1553/indicacao_153-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1554/indicacao_154-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1555/indicacao_155-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1556/indicacao_156-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1557/indicacao_157-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1558/indicacao_158-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1559/indicacao_159-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1560/indicacao_160-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao_161-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_162-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_163-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_164-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_165-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_166-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1567/indicacao_167-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_168-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_169-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_170-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_171-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_172-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_173-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_174-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_175-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1609/indicacao_176-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_177-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_178-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_179-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_180-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_181-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_182-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1616/indicacao_183-2025_-_matheus_costa_carlao_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_184-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_185-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_n_186-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_n_187-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_n_188-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_n_189-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_n_190-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_n_191-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_n_192-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_n_193-2025_-_flavio.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_n_194-2025_-_flavio.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_n_195-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_n_196-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_n_197-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_n_198-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_n_199-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1666/indicacao_n_200-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_n_201-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_n_202-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1669/indicacao_203-2025_-_carlao_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1670/indicacao_204-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1671/indicacao_205-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1672/indicacao_206-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1673/indicacao_207-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1674/indicacao_208-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1675/indicacao_209-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1676/indicacao_210-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1677/indicacao_211-2025_-_juliana_e_babi.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1678/indicacao_212-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1679/indicacao_213-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1680/indicacao_214-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1681/indicacao_215-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1682/indicacao_216-2025_-_matheus_guedes_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1683/ind_217-2025-_petrukio_e_celma.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1684/ind_218-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1685/ind_219-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1686/ind_220-2025_-_petrukio_e_celma.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_221-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1688/ind_222-2025_-_petrukio_e_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1689/ind_223-2025_-_petrukio_e_juliana.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1690/ind_224-2025_-_petrukio.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1691/ind_225-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1692/ind_226-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_227-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1694/ind_228-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1695/ind_229-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1696/ind_230-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1697/ind_231-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1698/ind_232-2025_-_matheus_guedes_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1699/ind_233-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1700/ind_234-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1701/ind_235-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1702/ind_236-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1703/ind_237-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_238-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_239-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1736/ind_240-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1737/ind_241-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1738/ind_242-2025_-_cleber_e_angelita.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1739/ind_243-2025_-_cleber_carlao_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1740/ind_244-2025_-_ju_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_245-2025_-_ju_e_celma.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1742/ind_246-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1743/ind_247-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1744/ind_248-2025_-_angelita_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1745/ind_249-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_250-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_251-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_252-2025_-_angelita_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1749/ind_253-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1750/ind_254-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1751/ind_255-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1752/ind_256-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1753/ind_257-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1754/ind_258-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1755/ind_259-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1756/ind_260-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1757/ind_261-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_262-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_263-2025_-_matheus_guedes_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1760/ind_264-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1761/ind_265-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1762/ind_266-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1763/ind_267-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1764/ind_268-2025_-_ocimara.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1765/ind_269-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_270-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1767/ind_271-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_272-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1769/ind_273-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_274-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_275-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1772/ind_276-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1773/ind_277-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1774/ind_278-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1775/ind_279-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1776/ind_280-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1777/ind_281-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1778/ind_282-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1779/ind_283-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1780/ind_284-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1781/ind_285-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1782/ind_286-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1847/ind_287-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_288-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_289-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_290-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1851/ind_291-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_292-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_293-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_294-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_295-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_296-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_297-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_298-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_299-2025_-_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_300-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_301-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_302-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_303-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_304-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_305-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1866/ind_306-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1867/ind_307-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1868/ind_308-2025_-juliana.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1869/ind_309-2025_-juliana.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1870/ind_310-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1871/ind_311-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1872/ind_312-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1873/ind_313-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1874/ind_314-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1875/ind_315-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_316-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_317-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1878/ind_318-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_319-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_320-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_321-2025_-_juliana.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_322-2025_-_matheus_guedes.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1883/ind_323-2025_-_matheus_guedes_e_matheus_costa.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1884/ind_324-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_325-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1499/mocao_01_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1574/mocao_02-2025_-_angelita.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1575/mocao_03-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1576/mocao_04-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1577/mocao_05-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1606/mocao_06-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1578/mocao_07-2025_-_ocimara-angelita-carlao-cleber-matheuscosta-matheusguedes.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1579/mocao_08-2025_-_carlao.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1580/mocao_09-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1581/mocao_10-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1582/mocao_11-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1584/mocao_12-2025_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1585/mocao_13-2025_-_celma.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1651/mocao_15-2025_-_babi.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1783/mocao_17-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1784/mocao_18-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1785/mocao_19-2025_-_angelita_babi_carlao_ju_cleber_matheus_costa_matheus_guedes_e_celma.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1886/mocao_20-2025_-__babi_angelita_e__ju.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1887/mocao_21-2025_-__ju_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1888/mocao_22-2025_-__ju_angelita_e_babi.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1889/mocao_23-2025_-_cleber.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1890/mocao_24-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1891/mocao_25-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1892/mocao_26-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1893/mocao_27-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1619/parecer_projeto_de_lei_n_01_-_15.01.2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1620/parecer_projeto_de_lei_n_02_-_05.02.2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1621/parecer_projeto_de_lei_n_03_-_05.02.2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1622/parecer_projeto_de_lei_n_05_-_14.02.2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1623/parecer_projeto_de_lei_n_06_-_18.02.2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1624/parecer_projeto_de_lei_n_07_-_18.02.2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1625/parecer_projeto_de_lei_n_08_-_17.03.2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1626/parecer_projeto_de_lei_n_09_-_17.03.2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1627/parecer_projeto_de_lei_n_10_-_04.04.2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1628/parecer_projeto_de_lei_n_11_-_04.05.2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1629/parecer_projeto_de_lei_n_12_-_11.04.2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1814/parecer_projeto_de_lei_n_13_-_23.04.2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1630/parecer_projeto_de_lei_n_14_-_30.04.2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1815/parecer_projeto_de_lei_n_15_-_30.04.2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1631/parecer_projeto_de_lei_n_16_-_15.05.2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1632/parecer_projeto_de_lei_n_17_-_15.05.2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1900/parecer_projeto_de_lei_n_18_-_04.06.2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1633/parecer_projeto_de_lei_n_19_-_21.05.2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1634/parecer_projeto_de_lei_n_20_-_28.05.2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1635/parecer_projeto_de_lei_n_21_-_28.05.2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1816/parecer_projeto_de_lei_n_22.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1636/parecer_projeto_de_lei_n_23_-_17.06.2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1789/parecer_projeto_de_lei_n_24.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1790/parecer_projeto_de_lei_n_25.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1791/parecer_projeto_de_lei_n_26.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1792/parecer_projeto_de_lei_n_27.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1793/parecer_projeto_de_lei_n_28.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1794/parecer_projeto_de_lei_n_29.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1795/parecer_projeto_de_lei_n_30.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1796/parecer_projeto_de_lei_n_31.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1797/parecer_projeto_de_lei_n_32.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1798/parecer_projeto_de_lei_n_33.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1901/parecer_projeto_de_lei_n_34.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1799/parecer_projeto_de_lei_n_35.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1801/parecer_projeto_de_lei_n_37.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1802/parecer_projeto_de_lei_n_38.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1803/parecer_projeto_de_lei_n_39.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1902/parecer_projeto_de_lei_n_40.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1804/parecer_projeto_de_lei_n_41.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1805/parecer_projeto_de_lei_n_42.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1806/parecer_projeto_de_lei_n_43.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1807/parecer_projeto_de_lei_n_44.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1808/parecer_projeto_de_lei_n_45.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1809/parecer_projeto_de_lei_n_46.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1903/parecer_projeto_de_lei_n_48.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_projeto_de_lei_n_50.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1905/parecer_projeto_de_lei_n_51.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1906/parecer_projeto_de_lei_n_52.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1907/parecer_projeto_de_lei_n_53.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1908/parecer_projeto_de_lei_n_54.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1909/parecer_projeto_de_lei_n_55.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1910/parecer_projeto_de_lei_n_56.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1911/parecer_projeto_de_lei_n_57.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1912/parecer_projeto_de_lei_n_58.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1913/parecer_projeto_de_lei_n_59.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1914/parecer_projeto_de_lei_n_60.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1915/parecer_projeto_de_lei_n_61.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1916/parecer_projeto_de_lei_n_62.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1917/parecer_projeto_de_lei_n_65.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1918/parecer_projeto_de_lei_n_66.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1639/emenda_a_lei_organica_n_01_-_30.01.2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1810/parecer_projeto_de_resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1919/parecer_projeto_resolucao_n_02.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1920/parecer_projeto_resolucao_n_03.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1637/parecer_decreto_legislativo_n_01_-_19.03.2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1638/parecer_decreto_legislativo_n_02_-_05.05.2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1811/parecer_decreto_legislativo_n_03.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1812/parecer_decreto_legislativo_n_04.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1813/parecer_decreto_legislativo_n_05.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1921/projeto_decreto_legislativo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1489/proposta_emenda_lei_organica_no_01_-_celma-angelita-babi.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lavrinhas.sp.leg.br/media/sapl/public/materialegislativa/2025/1497/emenda_no_01_proposta_emenda_lei_organica_no_01_-_matheus_costa_-_matheus_guedes_-_juliana.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H453"/>
+  <dimension ref="A1:H540"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="148.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="167.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -6817,10584 +7742,12846 @@
       </c>
       <c r="H47" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>207</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>208</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="H48" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H49" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H50" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>86</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H51" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>18</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H52" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>18</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H53" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>18</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H54" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H55" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="D56" t="s">
-        <v>239</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>36</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>241</v>
       </c>
       <c r="H56" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>243</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="D57" t="s">
-        <v>239</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H57" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>22</v>
+        <v>248</v>
       </c>
       <c r="D58" t="s">
-        <v>239</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>247</v>
+        <v>13</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H58" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>27</v>
+        <v>252</v>
       </c>
       <c r="D59" t="s">
-        <v>239</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>251</v>
+        <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H59" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>31</v>
+        <v>256</v>
       </c>
       <c r="D60" t="s">
-        <v>239</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>251</v>
+        <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H60" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>260</v>
       </c>
       <c r="D61" t="s">
-        <v>258</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>259</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H61" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>264</v>
       </c>
       <c r="D62" t="s">
-        <v>258</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>259</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>36</v>
+        <v>265</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="H62" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>22</v>
+        <v>269</v>
       </c>
       <c r="D63" t="s">
-        <v>258</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>259</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="H63" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>10</v>
+        <v>273</v>
       </c>
       <c r="D64" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>270</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="H64" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>17</v>
+        <v>277</v>
       </c>
       <c r="D65" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>270</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="H65" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="E66" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="F66" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="H66" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="E67" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="F67" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="H67" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D68" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="E68" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="F68" t="s">
         <v>95</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="H68" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="D69" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="E69" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="F69" t="s">
-        <v>86</v>
+        <v>294</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="H69" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="D70" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="E70" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="F70" t="s">
-        <v>215</v>
+        <v>298</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="H70" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="D71" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="E71" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="F71" t="s">
-        <v>215</v>
+        <v>298</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="H71" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="D72" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="E72" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="F72" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="H72" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>269</v>
+        <v>308</v>
       </c>
       <c r="E73" t="s">
-        <v>270</v>
+        <v>309</v>
       </c>
       <c r="F73" t="s">
-        <v>298</v>
+        <v>36</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="H73" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="D74" t="s">
-        <v>269</v>
+        <v>308</v>
       </c>
       <c r="E74" t="s">
-        <v>270</v>
+        <v>309</v>
       </c>
       <c r="F74" t="s">
-        <v>95</v>
+        <v>36</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="H74" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="D75" t="s">
-        <v>269</v>
+        <v>308</v>
       </c>
       <c r="E75" t="s">
-        <v>270</v>
+        <v>309</v>
       </c>
       <c r="F75" t="s">
-        <v>215</v>
+        <v>36</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
       <c r="H75" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E76" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F76" t="s">
-        <v>215</v>
+        <v>95</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="H76" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="D77" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E77" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F77" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="H77" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="D78" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E78" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F78" t="s">
-        <v>314</v>
+        <v>95</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="H78" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="D79" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E79" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F79" t="s">
-        <v>318</v>
+        <v>86</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>319</v>
+        <v>330</v>
       </c>
       <c r="H79" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="D80" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E80" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F80" t="s">
-        <v>322</v>
+        <v>95</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="H80" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="D81" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E81" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F81" t="s">
-        <v>322</v>
+        <v>86</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="H81" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="D82" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E82" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F82" t="s">
-        <v>329</v>
+        <v>216</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="H82" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="D83" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E83" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F83" t="s">
-        <v>329</v>
+        <v>216</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="H83" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>99</v>
+        <v>48</v>
       </c>
       <c r="D84" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E84" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F84" t="s">
-        <v>336</v>
+        <v>95</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="H84" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>103</v>
+        <v>52</v>
       </c>
       <c r="D85" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E85" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F85" t="s">
-        <v>141</v>
+        <v>348</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="H85" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>107</v>
+        <v>56</v>
       </c>
       <c r="D86" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E86" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F86" t="s">
-        <v>141</v>
+        <v>95</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="H86" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>111</v>
+        <v>60</v>
       </c>
       <c r="D87" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E87" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F87" t="s">
-        <v>86</v>
+        <v>216</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="H87" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="D88" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E88" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F88" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="H88" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>119</v>
+        <v>68</v>
       </c>
       <c r="D89" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E89" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F89" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="H89" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="D90" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E90" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F90" t="s">
-        <v>95</v>
+        <v>364</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="H90" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>127</v>
+        <v>77</v>
       </c>
       <c r="D91" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E91" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F91" t="s">
-        <v>95</v>
+        <v>368</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
       <c r="H91" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>131</v>
+        <v>81</v>
       </c>
       <c r="D92" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E92" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F92" t="s">
-        <v>95</v>
+        <v>265</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>361</v>
+        <v>372</v>
       </c>
       <c r="H92" t="s">
-        <v>362</v>
+        <v>373</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>135</v>
+        <v>85</v>
       </c>
       <c r="D93" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E93" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F93" t="s">
-        <v>95</v>
+        <v>265</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>364</v>
+        <v>375</v>
       </c>
       <c r="H93" t="s">
-        <v>365</v>
+        <v>376</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>366</v>
+        <v>377</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>140</v>
+        <v>90</v>
       </c>
       <c r="D94" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E94" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F94" t="s">
-        <v>95</v>
+        <v>378</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="H94" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>145</v>
+        <v>94</v>
       </c>
       <c r="D95" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E95" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F95" t="s">
-        <v>95</v>
+        <v>378</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>370</v>
+        <v>382</v>
       </c>
       <c r="H95" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>372</v>
+        <v>384</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>150</v>
+        <v>99</v>
       </c>
       <c r="D96" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E96" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F96" t="s">
-        <v>95</v>
+        <v>385</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="H96" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>153</v>
+        <v>103</v>
       </c>
       <c r="D97" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E97" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F97" t="s">
-        <v>86</v>
+        <v>141</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="H97" t="s">
-        <v>377</v>
+        <v>390</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>378</v>
+        <v>391</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>157</v>
+        <v>107</v>
       </c>
       <c r="D98" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E98" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F98" t="s">
-        <v>86</v>
+        <v>141</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="H98" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>160</v>
+        <v>111</v>
       </c>
       <c r="D99" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="E99" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F99" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="H99" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>384</v>
+        <v>397</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="D100" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E100" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F100" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="H100" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="D101" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E101" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F101" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="H101" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="D102" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E102" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F102" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="H102" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>27</v>
+        <v>127</v>
       </c>
       <c r="D103" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E103" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F103" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="H103" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>31</v>
+        <v>131</v>
       </c>
       <c r="D104" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E104" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F104" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="H104" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>35</v>
+        <v>135</v>
       </c>
       <c r="D105" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E105" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F105" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="H105" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>40</v>
+        <v>140</v>
       </c>
       <c r="D106" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E106" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F106" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="H106" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>44</v>
+        <v>145</v>
       </c>
       <c r="D107" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E107" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F107" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="H107" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="D108" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E108" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F108" t="s">
         <v>95</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="H108" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>52</v>
+        <v>153</v>
       </c>
       <c r="D109" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E109" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F109" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="H109" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>56</v>
+        <v>157</v>
       </c>
       <c r="D110" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E110" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F110" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="H110" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>60</v>
+        <v>160</v>
       </c>
       <c r="D111" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E111" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F111" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="H111" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="D112" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E112" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F112" t="s">
-        <v>424</v>
+        <v>95</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="H112" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>68</v>
+        <v>169</v>
       </c>
       <c r="D113" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E113" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F113" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="H113" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>73</v>
+        <v>174</v>
       </c>
       <c r="D114" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E114" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F114" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="H114" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>77</v>
+        <v>179</v>
       </c>
       <c r="D115" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E115" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F115" t="s">
-        <v>434</v>
+        <v>95</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="H115" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>81</v>
+        <v>183</v>
       </c>
       <c r="D116" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E116" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F116" t="s">
-        <v>438</v>
+        <v>95</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H116" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>85</v>
+        <v>187</v>
       </c>
       <c r="D117" t="s">
-        <v>385</v>
+        <v>319</v>
       </c>
       <c r="E117" t="s">
-        <v>386</v>
+        <v>320</v>
       </c>
       <c r="F117" t="s">
-        <v>438</v>
+        <v>95</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="H117" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E118" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F118" t="s">
-        <v>438</v>
+        <v>454</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="H118" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>94</v>
+        <v>17</v>
       </c>
       <c r="D119" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E119" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F119" t="s">
-        <v>438</v>
+        <v>454</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="H119" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="D120" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E120" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F120" t="s">
-        <v>438</v>
+        <v>454</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="H120" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="D121" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E121" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F121" t="s">
-        <v>175</v>
+        <v>454</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="H121" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>107</v>
+        <v>31</v>
       </c>
       <c r="D122" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E122" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F122" t="s">
-        <v>175</v>
+        <v>69</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="H122" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>111</v>
+        <v>35</v>
       </c>
       <c r="D123" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E123" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F123" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="H123" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="D124" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E124" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F124" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="H124" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>119</v>
+        <v>44</v>
       </c>
       <c r="D125" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E125" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F125" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="H125" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>123</v>
+        <v>48</v>
       </c>
       <c r="D126" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E126" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F126" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="H126" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>127</v>
+        <v>52</v>
       </c>
       <c r="D127" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E127" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F127" t="s">
-        <v>460</v>
+        <v>95</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="H127" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>131</v>
+        <v>56</v>
       </c>
       <c r="D128" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E128" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F128" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="H128" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>135</v>
+        <v>60</v>
       </c>
       <c r="D129" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E129" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F129" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="H129" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>140</v>
+        <v>64</v>
       </c>
       <c r="D130" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E130" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F130" t="s">
-        <v>69</v>
+        <v>491</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="H130" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>145</v>
+        <v>68</v>
       </c>
       <c r="D131" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E131" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F131" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="H131" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>150</v>
+        <v>73</v>
       </c>
       <c r="D132" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E132" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F132" t="s">
-        <v>488</v>
+        <v>86</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="H132" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>153</v>
+        <v>77</v>
       </c>
       <c r="D133" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E133" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F133" t="s">
-        <v>488</v>
+        <v>501</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="H133" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>157</v>
+        <v>81</v>
       </c>
       <c r="D134" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E134" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F134" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="H134" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>160</v>
+        <v>85</v>
       </c>
       <c r="D135" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E135" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F135" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
       <c r="H135" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>164</v>
+        <v>90</v>
       </c>
       <c r="D136" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E136" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F136" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="H136" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="D137" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E137" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F137" t="s">
-        <v>215</v>
+        <v>505</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="H137" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>174</v>
+        <v>99</v>
       </c>
       <c r="D138" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E138" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F138" t="s">
-        <v>215</v>
+        <v>505</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="H138" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>179</v>
+        <v>103</v>
       </c>
       <c r="D139" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E139" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F139" t="s">
-        <v>215</v>
+        <v>175</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="H139" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>183</v>
+        <v>107</v>
       </c>
       <c r="D140" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E140" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F140" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="H140" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>187</v>
+        <v>111</v>
       </c>
       <c r="D141" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E141" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F141" t="s">
-        <v>86</v>
+        <v>527</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="H141" t="s">
-        <v>518</v>
+        <v>529</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>519</v>
+        <v>530</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>191</v>
+        <v>115</v>
       </c>
       <c r="D142" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E142" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F142" t="s">
-        <v>23</v>
+        <v>527</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>520</v>
+        <v>531</v>
       </c>
       <c r="H142" t="s">
-        <v>521</v>
+        <v>532</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>522</v>
+        <v>533</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>195</v>
+        <v>119</v>
       </c>
       <c r="D143" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E143" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F143" t="s">
-        <v>23</v>
+        <v>527</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>523</v>
+        <v>534</v>
       </c>
       <c r="H143" t="s">
-        <v>524</v>
+        <v>535</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>200</v>
+        <v>123</v>
       </c>
       <c r="D144" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E144" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F144" t="s">
-        <v>247</v>
+        <v>86</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>526</v>
+        <v>537</v>
       </c>
       <c r="H144" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>204</v>
+        <v>127</v>
       </c>
       <c r="D145" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E145" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F145" t="s">
-        <v>175</v>
+        <v>527</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
       <c r="H145" t="s">
-        <v>530</v>
+        <v>541</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>208</v>
+        <v>131</v>
       </c>
       <c r="D146" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E146" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F146" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>532</v>
+        <v>543</v>
       </c>
       <c r="H146" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>534</v>
+        <v>545</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>211</v>
+        <v>135</v>
       </c>
       <c r="D147" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E147" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F147" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>535</v>
+        <v>546</v>
       </c>
       <c r="H147" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>214</v>
+        <v>140</v>
       </c>
       <c r="D148" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E148" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F148" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>538</v>
+        <v>549</v>
       </c>
       <c r="H148" t="s">
-        <v>539</v>
+        <v>550</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>540</v>
+        <v>551</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>219</v>
+        <v>145</v>
       </c>
       <c r="D149" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E149" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F149" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>541</v>
+        <v>552</v>
       </c>
       <c r="H149" t="s">
-        <v>542</v>
+        <v>553</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>543</v>
+        <v>554</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>223</v>
+        <v>150</v>
       </c>
       <c r="D150" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E150" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F150" t="s">
-        <v>460</v>
+        <v>555</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="H150" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>227</v>
+        <v>153</v>
       </c>
       <c r="D151" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E151" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F151" t="s">
-        <v>460</v>
+        <v>555</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="H151" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>231</v>
+        <v>157</v>
       </c>
       <c r="D152" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E152" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F152" t="s">
-        <v>387</v>
+        <v>555</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="H152" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>235</v>
+        <v>160</v>
       </c>
       <c r="D153" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E153" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F153" t="s">
-        <v>69</v>
+        <v>555</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="H153" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>556</v>
+        <v>164</v>
       </c>
       <c r="D154" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E154" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F154" t="s">
-        <v>69</v>
+        <v>568</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="H154" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>560</v>
+        <v>169</v>
       </c>
       <c r="D155" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E155" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F155" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>561</v>
+        <v>572</v>
       </c>
       <c r="H155" t="s">
-        <v>562</v>
+        <v>573</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>563</v>
+        <v>574</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>564</v>
+        <v>174</v>
       </c>
       <c r="D156" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E156" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F156" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="H156" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>568</v>
+        <v>179</v>
       </c>
       <c r="D157" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E157" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F157" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
       <c r="H157" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>572</v>
+        <v>183</v>
       </c>
       <c r="D158" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E158" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F158" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="H158" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>576</v>
+        <v>187</v>
       </c>
       <c r="D159" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E159" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F159" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="H159" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>580</v>
+        <v>191</v>
       </c>
       <c r="D160" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E160" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F160" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="H160" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>584</v>
+        <v>195</v>
       </c>
       <c r="D161" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E161" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F161" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="H161" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>588</v>
+        <v>200</v>
       </c>
       <c r="D162" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E162" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F162" t="s">
-        <v>215</v>
+        <v>294</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="H162" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>592</v>
+        <v>204</v>
       </c>
       <c r="D163" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E163" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F163" t="s">
-        <v>215</v>
+        <v>175</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="H163" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>596</v>
+        <v>208</v>
       </c>
       <c r="D164" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E164" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F164" t="s">
-        <v>215</v>
+        <v>527</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="H164" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>600</v>
+        <v>212</v>
       </c>
       <c r="D165" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E165" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F165" t="s">
-        <v>215</v>
+        <v>527</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H165" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>604</v>
+        <v>215</v>
       </c>
       <c r="D166" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E166" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F166" t="s">
-        <v>86</v>
+        <v>527</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>605</v>
       </c>
       <c r="H166" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>607</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
+        <v>220</v>
+      </c>
+      <c r="D167" t="s">
+        <v>452</v>
+      </c>
+      <c r="E167" t="s">
+        <v>453</v>
+      </c>
+      <c r="F167" t="s">
+        <v>527</v>
+      </c>
+      <c r="G167" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="D167" t="s">
-[...5 lines deleted...]
-      <c r="F167" t="s">
+      <c r="H167" t="s">
         <v>609</v>
-      </c>
-[...4 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>610</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>224</v>
+      </c>
+      <c r="D168" t="s">
+        <v>452</v>
+      </c>
+      <c r="E168" t="s">
+        <v>453</v>
+      </c>
+      <c r="F168" t="s">
+        <v>527</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H168" t="s">
         <v>612</v>
-      </c>
-[...19 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>617</v>
+        <v>228</v>
       </c>
       <c r="D169" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E169" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F169" t="s">
-        <v>23</v>
+        <v>527</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="H169" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>621</v>
+        <v>232</v>
       </c>
       <c r="D170" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E170" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F170" t="s">
-        <v>23</v>
+        <v>454</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="H170" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>625</v>
+        <v>236</v>
       </c>
       <c r="D171" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E171" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F171" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="H171" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>629</v>
+        <v>240</v>
       </c>
       <c r="D172" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E172" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F172" t="s">
-        <v>175</v>
+        <v>69</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="H172" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>633</v>
+        <v>244</v>
       </c>
       <c r="D173" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E173" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F173" t="s">
-        <v>175</v>
+        <v>69</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="H173" t="s">
-        <v>635</v>
+        <v>627</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>637</v>
+        <v>248</v>
       </c>
       <c r="D174" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E174" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F174" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>638</v>
+        <v>629</v>
       </c>
       <c r="H174" t="s">
-        <v>639</v>
+        <v>630</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>641</v>
+        <v>252</v>
       </c>
       <c r="D175" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E175" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F175" t="s">
-        <v>424</v>
+        <v>95</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="H175" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>645</v>
+        <v>256</v>
       </c>
       <c r="D176" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E176" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F176" t="s">
-        <v>460</v>
+        <v>95</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>646</v>
+        <v>635</v>
       </c>
       <c r="H176" t="s">
-        <v>647</v>
+        <v>636</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>648</v>
+        <v>637</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>649</v>
+        <v>260</v>
       </c>
       <c r="D177" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E177" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F177" t="s">
-        <v>175</v>
+        <v>95</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>650</v>
+        <v>638</v>
       </c>
       <c r="H177" t="s">
-        <v>651</v>
+        <v>639</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>652</v>
+        <v>640</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>653</v>
+        <v>264</v>
       </c>
       <c r="D178" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E178" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F178" t="s">
-        <v>175</v>
+        <v>95</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>654</v>
+        <v>641</v>
       </c>
       <c r="H178" t="s">
-        <v>655</v>
+        <v>642</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>656</v>
+        <v>643</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>657</v>
+        <v>269</v>
       </c>
       <c r="D179" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E179" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F179" t="s">
-        <v>658</v>
+        <v>216</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>659</v>
+        <v>644</v>
       </c>
       <c r="H179" t="s">
-        <v>660</v>
+        <v>645</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>661</v>
+        <v>646</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>662</v>
+        <v>647</v>
       </c>
       <c r="D180" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E180" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F180" t="s">
-        <v>387</v>
+        <v>216</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>663</v>
+        <v>648</v>
       </c>
       <c r="H180" t="s">
-        <v>664</v>
+        <v>649</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>665</v>
+        <v>650</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>666</v>
+        <v>651</v>
       </c>
       <c r="D181" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E181" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F181" t="s">
-        <v>387</v>
+        <v>216</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>667</v>
+        <v>652</v>
       </c>
       <c r="H181" t="s">
-        <v>668</v>
+        <v>653</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>669</v>
+        <v>654</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>670</v>
+        <v>273</v>
       </c>
       <c r="D182" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E182" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F182" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="H182" t="s">
-        <v>672</v>
+        <v>656</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>674</v>
+        <v>277</v>
       </c>
       <c r="D183" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E183" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F183" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>675</v>
+        <v>658</v>
       </c>
       <c r="H183" t="s">
-        <v>676</v>
+        <v>659</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>677</v>
+        <v>660</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>678</v>
+        <v>661</v>
       </c>
       <c r="D184" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E184" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F184" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>679</v>
+        <v>662</v>
       </c>
       <c r="H184" t="s">
-        <v>680</v>
+        <v>663</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>682</v>
+        <v>665</v>
       </c>
       <c r="D185" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E185" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F185" t="s">
-        <v>95</v>
+        <v>666</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>683</v>
+        <v>667</v>
       </c>
       <c r="H185" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>685</v>
+        <v>669</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>686</v>
+        <v>670</v>
       </c>
       <c r="D186" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E186" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F186" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>687</v>
+        <v>671</v>
       </c>
       <c r="H186" t="s">
-        <v>688</v>
+        <v>672</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>689</v>
+        <v>673</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>690</v>
+        <v>674</v>
       </c>
       <c r="D187" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E187" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F187" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>691</v>
+        <v>675</v>
       </c>
       <c r="H187" t="s">
-        <v>692</v>
+        <v>676</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>693</v>
+        <v>677</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="D188" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E188" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F188" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>695</v>
+        <v>679</v>
       </c>
       <c r="H188" t="s">
-        <v>696</v>
+        <v>680</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>697</v>
+        <v>681</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>698</v>
+        <v>682</v>
       </c>
       <c r="D189" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E189" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F189" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>699</v>
+        <v>683</v>
       </c>
       <c r="H189" t="s">
-        <v>700</v>
+        <v>684</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>701</v>
+        <v>685</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>702</v>
+        <v>686</v>
       </c>
       <c r="D190" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E190" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F190" t="s">
-        <v>215</v>
+        <v>175</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>703</v>
+        <v>687</v>
       </c>
       <c r="H190" t="s">
-        <v>704</v>
+        <v>688</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>705</v>
+        <v>689</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>706</v>
+        <v>690</v>
       </c>
       <c r="D191" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E191" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F191" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>707</v>
+        <v>691</v>
       </c>
       <c r="H191" t="s">
-        <v>708</v>
+        <v>692</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>709</v>
+        <v>693</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>710</v>
+        <v>694</v>
       </c>
       <c r="D192" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E192" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F192" t="s">
-        <v>23</v>
+        <v>527</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>711</v>
+        <v>695</v>
       </c>
       <c r="H192" t="s">
-        <v>712</v>
+        <v>696</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>713</v>
+        <v>697</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>714</v>
+        <v>698</v>
       </c>
       <c r="D193" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E193" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F193" t="s">
-        <v>23</v>
+        <v>491</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>715</v>
+        <v>699</v>
       </c>
       <c r="H193" t="s">
-        <v>716</v>
+        <v>700</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>717</v>
+        <v>701</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>718</v>
+        <v>702</v>
       </c>
       <c r="D194" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E194" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F194" t="s">
-        <v>23</v>
+        <v>527</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>719</v>
+        <v>703</v>
       </c>
       <c r="H194" t="s">
-        <v>720</v>
+        <v>704</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>721</v>
+        <v>705</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>722</v>
+        <v>706</v>
       </c>
       <c r="D195" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E195" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F195" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>723</v>
+        <v>707</v>
       </c>
       <c r="H195" t="s">
-        <v>724</v>
+        <v>708</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>725</v>
+        <v>709</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>726</v>
+        <v>710</v>
       </c>
       <c r="D196" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E196" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F196" t="s">
         <v>175</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>727</v>
+        <v>711</v>
       </c>
       <c r="H196" t="s">
-        <v>728</v>
+        <v>712</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>729</v>
+        <v>713</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>730</v>
+        <v>714</v>
       </c>
       <c r="D197" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E197" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F197" t="s">
-        <v>175</v>
+        <v>715</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>731</v>
+        <v>716</v>
       </c>
       <c r="H197" t="s">
-        <v>732</v>
+        <v>717</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>733</v>
+        <v>718</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>734</v>
+        <v>719</v>
       </c>
       <c r="D198" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E198" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F198" t="s">
-        <v>175</v>
+        <v>454</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>735</v>
+        <v>720</v>
       </c>
       <c r="H198" t="s">
-        <v>736</v>
+        <v>721</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>737</v>
+        <v>722</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>738</v>
+        <v>723</v>
       </c>
       <c r="D199" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E199" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F199" t="s">
-        <v>322</v>
+        <v>454</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>739</v>
+        <v>724</v>
       </c>
       <c r="H199" t="s">
-        <v>740</v>
+        <v>725</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>741</v>
+        <v>726</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>742</v>
+        <v>727</v>
       </c>
       <c r="D200" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E200" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F200" t="s">
-        <v>743</v>
+        <v>95</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>744</v>
+        <v>728</v>
       </c>
       <c r="H200" t="s">
-        <v>745</v>
+        <v>729</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>746</v>
+        <v>730</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>747</v>
+        <v>731</v>
       </c>
       <c r="D201" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E201" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F201" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>748</v>
+        <v>732</v>
       </c>
       <c r="H201" t="s">
-        <v>749</v>
+        <v>733</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="D202" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E202" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F202" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="H202" t="s">
-        <v>753</v>
+        <v>737</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>754</v>
+        <v>738</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>755</v>
+        <v>739</v>
       </c>
       <c r="D203" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E203" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F203" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>756</v>
+        <v>740</v>
       </c>
       <c r="H203" t="s">
-        <v>757</v>
+        <v>741</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>758</v>
+        <v>742</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>759</v>
+        <v>743</v>
       </c>
       <c r="D204" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E204" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F204" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>760</v>
+        <v>744</v>
       </c>
       <c r="H204" t="s">
-        <v>761</v>
+        <v>745</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>762</v>
+        <v>746</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>763</v>
+        <v>747</v>
       </c>
       <c r="D205" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E205" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F205" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>764</v>
+        <v>748</v>
       </c>
       <c r="H205" t="s">
-        <v>765</v>
+        <v>749</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>766</v>
+        <v>750</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>767</v>
+        <v>751</v>
       </c>
       <c r="D206" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E206" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F206" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>768</v>
+        <v>752</v>
       </c>
       <c r="H206" t="s">
-        <v>769</v>
+        <v>753</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>770</v>
+        <v>754</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>771</v>
+        <v>755</v>
       </c>
       <c r="D207" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E207" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F207" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>772</v>
+        <v>756</v>
       </c>
       <c r="H207" t="s">
-        <v>773</v>
+        <v>757</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>774</v>
+        <v>758</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>775</v>
+        <v>759</v>
       </c>
       <c r="D208" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E208" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F208" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>776</v>
+        <v>760</v>
       </c>
       <c r="H208" t="s">
-        <v>777</v>
+        <v>761</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>778</v>
+        <v>762</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="D209" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E209" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F209" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>780</v>
+        <v>764</v>
       </c>
       <c r="H209" t="s">
-        <v>781</v>
+        <v>765</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>782</v>
+        <v>766</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>783</v>
+        <v>767</v>
       </c>
       <c r="D210" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E210" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F210" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>784</v>
+        <v>768</v>
       </c>
       <c r="H210" t="s">
-        <v>785</v>
+        <v>769</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>786</v>
+        <v>770</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>787</v>
+        <v>771</v>
       </c>
       <c r="D211" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E211" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F211" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>788</v>
+        <v>772</v>
       </c>
       <c r="H211" t="s">
-        <v>789</v>
+        <v>773</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="D212" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E212" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F212" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>792</v>
+        <v>776</v>
       </c>
       <c r="H212" t="s">
-        <v>793</v>
+        <v>777</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>794</v>
+        <v>778</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>795</v>
+        <v>779</v>
       </c>
       <c r="D213" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E213" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F213" t="s">
-        <v>796</v>
+        <v>23</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>797</v>
+        <v>780</v>
       </c>
       <c r="H213" t="s">
-        <v>798</v>
+        <v>781</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>799</v>
+        <v>782</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>800</v>
+        <v>783</v>
       </c>
       <c r="D214" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E214" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F214" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>801</v>
+        <v>784</v>
       </c>
       <c r="H214" t="s">
-        <v>802</v>
+        <v>785</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>803</v>
+        <v>786</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>804</v>
+        <v>787</v>
       </c>
       <c r="D215" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E215" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F215" t="s">
-        <v>805</v>
+        <v>175</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>806</v>
+        <v>788</v>
       </c>
       <c r="H215" t="s">
-        <v>807</v>
+        <v>789</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>808</v>
+        <v>790</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>809</v>
+        <v>791</v>
       </c>
       <c r="D216" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E216" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F216" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>810</v>
+        <v>792</v>
       </c>
       <c r="H216" t="s">
-        <v>811</v>
+        <v>793</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>812</v>
+        <v>794</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>813</v>
+        <v>795</v>
       </c>
       <c r="D217" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E217" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F217" t="s">
-        <v>23</v>
+        <v>265</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>814</v>
+        <v>796</v>
       </c>
       <c r="H217" t="s">
-        <v>815</v>
+        <v>797</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>816</v>
+        <v>798</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>817</v>
+        <v>799</v>
       </c>
       <c r="D218" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E218" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F218" t="s">
-        <v>175</v>
+        <v>800</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>818</v>
+        <v>801</v>
       </c>
       <c r="H218" t="s">
-        <v>819</v>
+        <v>802</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>820</v>
+        <v>803</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
       <c r="D219" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E219" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F219" t="s">
-        <v>322</v>
+        <v>454</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>822</v>
+        <v>805</v>
       </c>
       <c r="H219" t="s">
-        <v>823</v>
+        <v>806</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>824</v>
+        <v>807</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>825</v>
+        <v>808</v>
       </c>
       <c r="D220" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E220" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F220" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>826</v>
+        <v>809</v>
       </c>
       <c r="H220" t="s">
-        <v>827</v>
+        <v>810</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>828</v>
+        <v>811</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>829</v>
+        <v>812</v>
       </c>
       <c r="D221" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E221" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F221" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>830</v>
+        <v>813</v>
       </c>
       <c r="H221" t="s">
-        <v>831</v>
+        <v>814</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>832</v>
+        <v>815</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>833</v>
+        <v>816</v>
       </c>
       <c r="D222" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E222" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F222" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>834</v>
+        <v>817</v>
       </c>
       <c r="H222" t="s">
-        <v>835</v>
+        <v>818</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>836</v>
+        <v>819</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>837</v>
+        <v>820</v>
       </c>
       <c r="D223" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E223" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F223" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>838</v>
+        <v>821</v>
       </c>
       <c r="H223" t="s">
-        <v>839</v>
+        <v>822</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>840</v>
+        <v>823</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>841</v>
+        <v>824</v>
       </c>
       <c r="D224" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E224" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F224" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>842</v>
+        <v>825</v>
       </c>
       <c r="H224" t="s">
-        <v>843</v>
+        <v>826</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>844</v>
+        <v>827</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>845</v>
+        <v>828</v>
       </c>
       <c r="D225" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E225" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F225" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>846</v>
+        <v>829</v>
       </c>
       <c r="H225" t="s">
-        <v>847</v>
+        <v>830</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>848</v>
+        <v>831</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>849</v>
+        <v>832</v>
       </c>
       <c r="D226" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E226" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F226" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>850</v>
+        <v>833</v>
       </c>
       <c r="H226" t="s">
-        <v>851</v>
+        <v>834</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>852</v>
+        <v>835</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>853</v>
+        <v>836</v>
       </c>
       <c r="D227" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E227" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F227" t="s">
         <v>95</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>854</v>
+        <v>837</v>
       </c>
       <c r="H227" t="s">
-        <v>855</v>
+        <v>838</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>856</v>
+        <v>839</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>857</v>
+        <v>840</v>
       </c>
       <c r="D228" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E228" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F228" t="s">
         <v>95</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>858</v>
+        <v>841</v>
       </c>
       <c r="H228" t="s">
-        <v>859</v>
+        <v>842</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>860</v>
+        <v>843</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>861</v>
+        <v>844</v>
       </c>
       <c r="D229" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E229" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F229" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>862</v>
+        <v>845</v>
       </c>
       <c r="H229" t="s">
-        <v>863</v>
+        <v>846</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>864</v>
+        <v>847</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>865</v>
+        <v>848</v>
       </c>
       <c r="D230" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E230" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F230" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>866</v>
+        <v>849</v>
       </c>
       <c r="H230" t="s">
-        <v>867</v>
+        <v>850</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>868</v>
+        <v>851</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>869</v>
+        <v>852</v>
       </c>
       <c r="D231" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E231" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F231" t="s">
-        <v>387</v>
+        <v>853</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
       <c r="H231" t="s">
-        <v>871</v>
+        <v>855</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>872</v>
+        <v>856</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>873</v>
+        <v>857</v>
       </c>
       <c r="D232" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E232" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F232" t="s">
-        <v>387</v>
+        <v>23</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>874</v>
+        <v>858</v>
       </c>
       <c r="H232" t="s">
-        <v>875</v>
+        <v>859</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>876</v>
+        <v>860</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>877</v>
+        <v>861</v>
       </c>
       <c r="D233" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E233" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F233" t="s">
-        <v>387</v>
+        <v>862</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>878</v>
+        <v>863</v>
       </c>
       <c r="H233" t="s">
-        <v>879</v>
+        <v>864</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>880</v>
+        <v>865</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>881</v>
+        <v>866</v>
       </c>
       <c r="D234" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E234" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F234" t="s">
-        <v>387</v>
+        <v>23</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>882</v>
+        <v>867</v>
       </c>
       <c r="H234" t="s">
-        <v>883</v>
+        <v>868</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>884</v>
+        <v>869</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>885</v>
+        <v>870</v>
       </c>
       <c r="D235" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E235" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F235" t="s">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>886</v>
+        <v>871</v>
       </c>
       <c r="H235" t="s">
-        <v>887</v>
+        <v>872</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>888</v>
+        <v>873</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>889</v>
+        <v>874</v>
       </c>
       <c r="D236" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E236" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F236" t="s">
         <v>175</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>890</v>
+        <v>875</v>
       </c>
       <c r="H236" t="s">
-        <v>891</v>
+        <v>876</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>892</v>
+        <v>877</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="D237" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E237" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F237" t="s">
-        <v>175</v>
+        <v>265</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>894</v>
+        <v>879</v>
       </c>
       <c r="H237" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>896</v>
+        <v>881</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="D238" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E238" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F238" t="s">
-        <v>175</v>
+        <v>527</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>898</v>
+        <v>883</v>
       </c>
       <c r="H238" t="s">
-        <v>899</v>
+        <v>884</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>900</v>
+        <v>885</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>901</v>
+        <v>886</v>
       </c>
       <c r="D239" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E239" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F239" t="s">
-        <v>86</v>
+        <v>527</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>902</v>
+        <v>887</v>
       </c>
       <c r="H239" t="s">
-        <v>903</v>
+        <v>888</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>904</v>
+        <v>889</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>905</v>
+        <v>890</v>
       </c>
       <c r="D240" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E240" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F240" t="s">
-        <v>86</v>
+        <v>527</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>906</v>
+        <v>891</v>
       </c>
       <c r="H240" t="s">
-        <v>907</v>
+        <v>892</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>908</v>
+        <v>893</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>909</v>
+        <v>894</v>
       </c>
       <c r="D241" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E241" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F241" t="s">
-        <v>86</v>
+        <v>527</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>910</v>
+        <v>895</v>
       </c>
       <c r="H241" t="s">
-        <v>911</v>
+        <v>896</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>912</v>
+        <v>897</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>913</v>
+        <v>898</v>
       </c>
       <c r="D242" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E242" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F242" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>914</v>
+        <v>899</v>
       </c>
       <c r="H242" t="s">
-        <v>915</v>
+        <v>900</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>916</v>
+        <v>901</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c r="D243" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E243" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F243" t="s">
         <v>23</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="H243" t="s">
-        <v>919</v>
+        <v>904</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>920</v>
+        <v>905</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>921</v>
+        <v>906</v>
       </c>
       <c r="D244" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E244" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F244" t="s">
         <v>23</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>922</v>
+        <v>907</v>
       </c>
       <c r="H244" t="s">
-        <v>923</v>
+        <v>908</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>924</v>
+        <v>909</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>925</v>
+        <v>910</v>
       </c>
       <c r="D245" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E245" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F245" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>926</v>
+        <v>911</v>
       </c>
       <c r="H245" t="s">
-        <v>927</v>
+        <v>912</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>928</v>
+        <v>913</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>929</v>
+        <v>914</v>
       </c>
       <c r="D246" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E246" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F246" t="s">
-        <v>175</v>
+        <v>95</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>930</v>
+        <v>915</v>
       </c>
       <c r="H246" t="s">
-        <v>931</v>
+        <v>916</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>932</v>
+        <v>917</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="D247" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E247" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F247" t="s">
-        <v>215</v>
+        <v>95</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>934</v>
+        <v>919</v>
       </c>
       <c r="H247" t="s">
-        <v>935</v>
+        <v>920</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>936</v>
+        <v>921</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>937</v>
+        <v>922</v>
       </c>
       <c r="D248" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E248" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F248" t="s">
-        <v>215</v>
+        <v>95</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>938</v>
+        <v>923</v>
       </c>
       <c r="H248" t="s">
-        <v>939</v>
+        <v>924</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>940</v>
+        <v>925</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>941</v>
+        <v>926</v>
       </c>
       <c r="D249" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E249" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F249" t="s">
-        <v>215</v>
+        <v>454</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>942</v>
+        <v>927</v>
       </c>
       <c r="H249" t="s">
-        <v>943</v>
+        <v>928</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>944</v>
+        <v>929</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>945</v>
+        <v>930</v>
       </c>
       <c r="D250" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E250" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F250" t="s">
-        <v>69</v>
+        <v>454</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>205</v>
+        <v>931</v>
       </c>
       <c r="H250" t="s">
-        <v>946</v>
+        <v>932</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>947</v>
+        <v>933</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>948</v>
+        <v>934</v>
       </c>
       <c r="D251" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E251" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F251" t="s">
-        <v>69</v>
+        <v>454</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>949</v>
+        <v>935</v>
       </c>
       <c r="H251" t="s">
-        <v>950</v>
+        <v>936</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>951</v>
+        <v>937</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>952</v>
+        <v>938</v>
       </c>
       <c r="D252" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E252" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F252" t="s">
-        <v>69</v>
+        <v>454</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>953</v>
+        <v>939</v>
       </c>
       <c r="H252" t="s">
-        <v>954</v>
+        <v>940</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>955</v>
+        <v>941</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>956</v>
+        <v>942</v>
       </c>
       <c r="D253" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E253" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F253" t="s">
-        <v>69</v>
+        <v>175</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>957</v>
+        <v>943</v>
       </c>
       <c r="H253" t="s">
-        <v>958</v>
+        <v>944</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>959</v>
+        <v>945</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>960</v>
+        <v>946</v>
       </c>
       <c r="D254" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E254" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F254" t="s">
-        <v>460</v>
+        <v>175</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>961</v>
+        <v>947</v>
       </c>
       <c r="H254" t="s">
-        <v>962</v>
+        <v>948</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>963</v>
+        <v>949</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="D255" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E255" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F255" t="s">
-        <v>460</v>
+        <v>175</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>965</v>
+        <v>951</v>
       </c>
       <c r="H255" t="s">
-        <v>966</v>
+        <v>952</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>967</v>
+        <v>953</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>968</v>
+        <v>954</v>
       </c>
       <c r="D256" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E256" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F256" t="s">
-        <v>460</v>
+        <v>175</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>969</v>
+        <v>955</v>
       </c>
       <c r="H256" t="s">
-        <v>970</v>
+        <v>956</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>971</v>
+        <v>957</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>972</v>
+        <v>958</v>
       </c>
       <c r="D257" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E257" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F257" t="s">
-        <v>322</v>
+        <v>86</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>973</v>
+        <v>959</v>
       </c>
       <c r="H257" t="s">
-        <v>974</v>
+        <v>960</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>975</v>
+        <v>961</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>976</v>
+        <v>962</v>
       </c>
       <c r="D258" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E258" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F258" t="s">
-        <v>387</v>
+        <v>86</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>977</v>
+        <v>963</v>
       </c>
       <c r="H258" t="s">
-        <v>978</v>
+        <v>964</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>980</v>
+        <v>966</v>
       </c>
       <c r="D259" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E259" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F259" t="s">
-        <v>215</v>
+        <v>86</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>981</v>
+        <v>967</v>
       </c>
       <c r="H259" t="s">
-        <v>982</v>
+        <v>968</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>983</v>
+        <v>969</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>984</v>
+        <v>970</v>
       </c>
       <c r="D260" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E260" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F260" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>985</v>
+        <v>971</v>
       </c>
       <c r="H260" t="s">
-        <v>986</v>
+        <v>972</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>987</v>
+        <v>973</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>988</v>
+        <v>974</v>
       </c>
       <c r="D261" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E261" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F261" t="s">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>989</v>
+        <v>975</v>
       </c>
       <c r="H261" t="s">
-        <v>990</v>
+        <v>976</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>991</v>
+        <v>977</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>992</v>
+        <v>978</v>
       </c>
       <c r="D262" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E262" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F262" t="s">
-        <v>460</v>
+        <v>23</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>993</v>
+        <v>979</v>
       </c>
       <c r="H262" t="s">
-        <v>994</v>
+        <v>980</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>995</v>
+        <v>981</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>996</v>
+        <v>982</v>
       </c>
       <c r="D263" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E263" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F263" t="s">
-        <v>69</v>
+        <v>454</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>997</v>
+        <v>983</v>
       </c>
       <c r="H263" t="s">
-        <v>998</v>
+        <v>984</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>999</v>
+        <v>985</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>1000</v>
+        <v>986</v>
       </c>
       <c r="D264" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E264" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F264" t="s">
-        <v>69</v>
+        <v>175</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1001</v>
+        <v>987</v>
       </c>
       <c r="H264" t="s">
-        <v>1002</v>
+        <v>988</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1003</v>
+        <v>989</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>1004</v>
+        <v>990</v>
       </c>
       <c r="D265" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E265" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F265" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1005</v>
+        <v>991</v>
       </c>
       <c r="H265" t="s">
-        <v>1006</v>
+        <v>992</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1007</v>
+        <v>993</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1008</v>
+        <v>994</v>
       </c>
       <c r="D266" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E266" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F266" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1009</v>
+        <v>995</v>
       </c>
       <c r="H266" t="s">
-        <v>1010</v>
+        <v>996</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1011</v>
+        <v>997</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>1012</v>
+        <v>998</v>
       </c>
       <c r="D267" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E267" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F267" t="s">
-        <v>69</v>
+        <v>216</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1013</v>
+        <v>999</v>
       </c>
       <c r="H267" t="s">
-        <v>1014</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1015</v>
+        <v>1001</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>1016</v>
+        <v>1002</v>
       </c>
       <c r="D268" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E268" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F268" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1017</v>
+        <v>209</v>
       </c>
       <c r="H268" t="s">
-        <v>1018</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1019</v>
+        <v>1004</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>1020</v>
+        <v>1005</v>
       </c>
       <c r="D269" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E269" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F269" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1021</v>
+        <v>1006</v>
       </c>
       <c r="H269" t="s">
-        <v>1022</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1023</v>
+        <v>1008</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>1024</v>
+        <v>1009</v>
       </c>
       <c r="D270" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E270" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F270" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1025</v>
+        <v>1010</v>
       </c>
       <c r="H270" t="s">
-        <v>1026</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1027</v>
+        <v>1012</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>1028</v>
+        <v>1013</v>
       </c>
       <c r="D271" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E271" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F271" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1029</v>
+        <v>1014</v>
       </c>
       <c r="H271" t="s">
-        <v>1030</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1031</v>
+        <v>1016</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>1032</v>
+        <v>1017</v>
       </c>
       <c r="D272" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E272" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F272" t="s">
-        <v>23</v>
+        <v>527</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1033</v>
+        <v>1018</v>
       </c>
       <c r="H272" t="s">
-        <v>1034</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1035</v>
+        <v>1020</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>1036</v>
+        <v>1021</v>
       </c>
       <c r="D273" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E273" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F273" t="s">
-        <v>175</v>
+        <v>527</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1037</v>
+        <v>1022</v>
       </c>
       <c r="H273" t="s">
-        <v>1038</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1039</v>
+        <v>1024</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>1040</v>
+        <v>1025</v>
       </c>
       <c r="D274" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E274" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F274" t="s">
-        <v>23</v>
+        <v>527</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1041</v>
+        <v>1026</v>
       </c>
       <c r="H274" t="s">
-        <v>1042</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1043</v>
+        <v>1028</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>1044</v>
+        <v>1029</v>
       </c>
       <c r="D275" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E275" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F275" t="s">
-        <v>23</v>
+        <v>265</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1045</v>
+        <v>1030</v>
       </c>
       <c r="H275" t="s">
-        <v>1046</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1047</v>
+        <v>1032</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1048</v>
+        <v>1033</v>
       </c>
       <c r="D276" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E276" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F276" t="s">
-        <v>23</v>
+        <v>454</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1049</v>
+        <v>1034</v>
       </c>
       <c r="H276" t="s">
-        <v>1050</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1051</v>
+        <v>1036</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1052</v>
+        <v>1037</v>
       </c>
       <c r="D277" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E277" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F277" t="s">
-        <v>387</v>
+        <v>216</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1053</v>
+        <v>1038</v>
       </c>
       <c r="H277" t="s">
-        <v>1054</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1055</v>
+        <v>1040</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1056</v>
+        <v>1041</v>
       </c>
       <c r="D278" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E278" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F278" t="s">
-        <v>387</v>
+        <v>175</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1057</v>
+        <v>1042</v>
       </c>
       <c r="H278" t="s">
-        <v>1058</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1059</v>
+        <v>1044</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1060</v>
+        <v>1045</v>
       </c>
       <c r="D279" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E279" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F279" t="s">
-        <v>460</v>
+        <v>175</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1061</v>
+        <v>1046</v>
       </c>
       <c r="H279" t="s">
-        <v>1062</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1063</v>
+        <v>1048</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1064</v>
+        <v>1049</v>
       </c>
       <c r="D280" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E280" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F280" t="s">
-        <v>460</v>
+        <v>527</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1065</v>
+        <v>1050</v>
       </c>
       <c r="H280" t="s">
-        <v>1066</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1067</v>
+        <v>1052</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1068</v>
+        <v>1053</v>
       </c>
       <c r="D281" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E281" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F281" t="s">
-        <v>460</v>
+        <v>69</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1069</v>
+        <v>1054</v>
       </c>
       <c r="H281" t="s">
-        <v>1070</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1071</v>
+        <v>1056</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1072</v>
+        <v>1057</v>
       </c>
       <c r="D282" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E282" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F282" t="s">
-        <v>1073</v>
+        <v>69</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1074</v>
+        <v>1058</v>
       </c>
       <c r="H282" t="s">
-        <v>1075</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1076</v>
+        <v>1060</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1077</v>
+        <v>1061</v>
       </c>
       <c r="D283" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E283" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F283" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1078</v>
+        <v>1062</v>
       </c>
       <c r="H283" t="s">
-        <v>1079</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1080</v>
+        <v>1064</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1081</v>
+        <v>1065</v>
       </c>
       <c r="D284" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E284" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F284" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1082</v>
+        <v>1066</v>
       </c>
       <c r="H284" t="s">
-        <v>1083</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1084</v>
+        <v>1068</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1085</v>
+        <v>1069</v>
       </c>
       <c r="D285" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E285" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F285" t="s">
         <v>69</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1086</v>
+        <v>1070</v>
       </c>
       <c r="H285" t="s">
-        <v>1087</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1088</v>
+        <v>1072</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1089</v>
+        <v>1073</v>
       </c>
       <c r="D286" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E286" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F286" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1090</v>
+        <v>1074</v>
       </c>
       <c r="H286" t="s">
-        <v>1091</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1092</v>
+        <v>1076</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1093</v>
+        <v>1077</v>
       </c>
       <c r="D287" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E287" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F287" t="s">
         <v>95</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1094</v>
+        <v>1078</v>
       </c>
       <c r="H287" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1096</v>
+        <v>1080</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1097</v>
+        <v>1081</v>
       </c>
       <c r="D288" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E288" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F288" t="s">
         <v>95</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1098</v>
+        <v>1082</v>
       </c>
       <c r="H288" t="s">
-        <v>1099</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1100</v>
+        <v>1084</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1101</v>
+        <v>1085</v>
       </c>
       <c r="D289" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E289" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F289" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1102</v>
+        <v>1086</v>
       </c>
       <c r="H289" t="s">
-        <v>1103</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1104</v>
+        <v>1088</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1105</v>
+        <v>1089</v>
       </c>
       <c r="D290" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E290" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F290" t="s">
-        <v>95</v>
+        <v>23</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1106</v>
+        <v>1090</v>
       </c>
       <c r="H290" t="s">
-        <v>1107</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1108</v>
+        <v>1092</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1109</v>
+        <v>1093</v>
       </c>
       <c r="D291" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E291" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F291" t="s">
-        <v>95</v>
+        <v>175</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1110</v>
+        <v>1094</v>
       </c>
       <c r="H291" t="s">
-        <v>1111</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1112</v>
+        <v>1096</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1113</v>
+        <v>1097</v>
       </c>
       <c r="D292" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E292" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F292" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1114</v>
+        <v>1098</v>
       </c>
       <c r="H292" t="s">
-        <v>1115</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1116</v>
+        <v>1100</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1117</v>
+        <v>1101</v>
       </c>
       <c r="D293" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E293" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F293" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1118</v>
+        <v>1102</v>
       </c>
       <c r="H293" t="s">
-        <v>1119</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1120</v>
+        <v>1104</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1121</v>
+        <v>1105</v>
       </c>
       <c r="D294" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E294" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F294" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1122</v>
+        <v>1106</v>
       </c>
       <c r="H294" t="s">
-        <v>1123</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1124</v>
+        <v>1108</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1125</v>
+        <v>1109</v>
       </c>
       <c r="D295" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E295" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F295" t="s">
-        <v>23</v>
+        <v>454</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1126</v>
+        <v>1110</v>
       </c>
       <c r="H295" t="s">
-        <v>1127</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1128</v>
+        <v>1112</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1129</v>
+        <v>1113</v>
       </c>
       <c r="D296" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E296" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F296" t="s">
-        <v>23</v>
+        <v>454</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1130</v>
+        <v>1114</v>
       </c>
       <c r="H296" t="s">
-        <v>1131</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1132</v>
+        <v>1116</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1133</v>
+        <v>1117</v>
       </c>
       <c r="D297" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E297" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F297" t="s">
-        <v>23</v>
+        <v>527</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1134</v>
+        <v>1118</v>
       </c>
       <c r="H297" t="s">
-        <v>1135</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1136</v>
+        <v>1120</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1137</v>
+        <v>1121</v>
       </c>
       <c r="D298" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E298" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F298" t="s">
-        <v>175</v>
+        <v>527</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1138</v>
+        <v>1122</v>
       </c>
       <c r="H298" t="s">
-        <v>1139</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1140</v>
+        <v>1124</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1141</v>
+        <v>1125</v>
       </c>
       <c r="D299" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E299" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F299" t="s">
-        <v>175</v>
+        <v>527</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1142</v>
+        <v>1126</v>
       </c>
       <c r="H299" t="s">
-        <v>1143</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1144</v>
+        <v>1128</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1145</v>
+        <v>1129</v>
       </c>
       <c r="D300" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E300" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F300" t="s">
-        <v>322</v>
+        <v>1130</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1146</v>
+        <v>1131</v>
       </c>
       <c r="H300" t="s">
-        <v>1147</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1148</v>
+        <v>1133</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1149</v>
+        <v>1134</v>
       </c>
       <c r="D301" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E301" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F301" t="s">
-        <v>322</v>
+        <v>95</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1150</v>
+        <v>1135</v>
       </c>
       <c r="H301" t="s">
-        <v>1151</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1152</v>
+        <v>1137</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1153</v>
+        <v>1138</v>
       </c>
       <c r="D302" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E302" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F302" t="s">
-        <v>1154</v>
+        <v>95</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1155</v>
+        <v>1139</v>
       </c>
       <c r="H302" t="s">
-        <v>1156</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1157</v>
+        <v>1141</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1158</v>
+        <v>1142</v>
       </c>
       <c r="D303" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E303" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F303" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1159</v>
+        <v>1143</v>
       </c>
       <c r="H303" t="s">
-        <v>1160</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1161</v>
+        <v>1145</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1162</v>
+        <v>1146</v>
       </c>
       <c r="D304" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E304" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F304" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1163</v>
+        <v>1147</v>
       </c>
       <c r="H304" t="s">
-        <v>1164</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1165</v>
+        <v>1149</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1166</v>
+        <v>1150</v>
       </c>
       <c r="D305" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E305" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F305" t="s">
         <v>95</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1167</v>
+        <v>1151</v>
       </c>
       <c r="H305" t="s">
-        <v>1168</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1169</v>
+        <v>1153</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1170</v>
+        <v>1154</v>
       </c>
       <c r="D306" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E306" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F306" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1171</v>
+        <v>1155</v>
       </c>
       <c r="H306" t="s">
-        <v>1172</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1173</v>
+        <v>1157</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1174</v>
+        <v>1158</v>
       </c>
       <c r="D307" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E307" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F307" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1175</v>
+        <v>1159</v>
       </c>
       <c r="H307" t="s">
-        <v>1176</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1177</v>
+        <v>1161</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1178</v>
+        <v>1162</v>
       </c>
       <c r="D308" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E308" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F308" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1179</v>
+        <v>1163</v>
       </c>
       <c r="H308" t="s">
-        <v>1180</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1181</v>
+        <v>1165</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1182</v>
+        <v>1166</v>
       </c>
       <c r="D309" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E309" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F309" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1183</v>
+        <v>1167</v>
       </c>
       <c r="H309" t="s">
-        <v>1184</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1185</v>
+        <v>1169</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1186</v>
+        <v>1170</v>
       </c>
       <c r="D310" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E310" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F310" t="s">
-        <v>314</v>
+        <v>216</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1187</v>
+        <v>1171</v>
       </c>
       <c r="H310" t="s">
-        <v>1188</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1189</v>
+        <v>1173</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1190</v>
+        <v>1174</v>
       </c>
       <c r="D311" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E311" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F311" t="s">
-        <v>23</v>
+        <v>216</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1191</v>
+        <v>1175</v>
       </c>
       <c r="H311" t="s">
-        <v>1192</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1193</v>
+        <v>1177</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1194</v>
+        <v>1178</v>
       </c>
       <c r="D312" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E312" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F312" t="s">
-        <v>175</v>
+        <v>86</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1195</v>
+        <v>1179</v>
       </c>
       <c r="H312" t="s">
-        <v>1196</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1197</v>
+        <v>1181</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1198</v>
+        <v>1182</v>
       </c>
       <c r="D313" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E313" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F313" t="s">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1199</v>
+        <v>1183</v>
       </c>
       <c r="H313" t="s">
-        <v>1200</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1201</v>
+        <v>1185</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1202</v>
+        <v>1186</v>
       </c>
       <c r="D314" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E314" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F314" t="s">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1203</v>
+        <v>1187</v>
       </c>
       <c r="H314" t="s">
-        <v>1204</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1205</v>
+        <v>1189</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1206</v>
+        <v>1190</v>
       </c>
       <c r="D315" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E315" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F315" t="s">
-        <v>1207</v>
+        <v>23</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1208</v>
+        <v>1191</v>
       </c>
       <c r="H315" t="s">
-        <v>1209</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1210</v>
+        <v>1193</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1211</v>
+        <v>1194</v>
       </c>
       <c r="D316" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E316" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F316" t="s">
-        <v>1212</v>
+        <v>175</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1213</v>
+        <v>1195</v>
       </c>
       <c r="H316" t="s">
-        <v>1214</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1215</v>
+        <v>1197</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1216</v>
+        <v>1198</v>
       </c>
       <c r="D317" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E317" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F317" t="s">
-        <v>329</v>
+        <v>175</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1217</v>
+        <v>1199</v>
       </c>
       <c r="H317" t="s">
-        <v>1218</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1219</v>
+        <v>1201</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1220</v>
+        <v>1202</v>
       </c>
       <c r="D318" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E318" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F318" t="s">
-        <v>329</v>
+        <v>265</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1221</v>
+        <v>1203</v>
       </c>
       <c r="H318" t="s">
-        <v>1222</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1223</v>
+        <v>1205</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1224</v>
+        <v>1206</v>
       </c>
       <c r="D319" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E319" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F319" t="s">
-        <v>1212</v>
+        <v>265</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1225</v>
+        <v>1207</v>
       </c>
       <c r="H319" t="s">
-        <v>1226</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1227</v>
+        <v>1209</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1228</v>
+        <v>1210</v>
       </c>
       <c r="D320" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E320" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F320" t="s">
-        <v>329</v>
+        <v>1211</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1229</v>
+        <v>1212</v>
       </c>
       <c r="H320" t="s">
-        <v>1230</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1231</v>
+        <v>1214</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1232</v>
+        <v>1215</v>
       </c>
       <c r="D321" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E321" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F321" t="s">
-        <v>1233</v>
+        <v>95</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1234</v>
+        <v>1216</v>
       </c>
       <c r="H321" t="s">
-        <v>1235</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1236</v>
+        <v>1218</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1237</v>
+        <v>1219</v>
       </c>
       <c r="D322" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E322" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F322" t="s">
-        <v>1238</v>
+        <v>95</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1239</v>
+        <v>1220</v>
       </c>
       <c r="H322" t="s">
-        <v>1240</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1241</v>
+        <v>1222</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1242</v>
+        <v>1223</v>
       </c>
       <c r="D323" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E323" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F323" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1243</v>
+        <v>1224</v>
       </c>
       <c r="H323" t="s">
-        <v>1244</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1245</v>
+        <v>1226</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1246</v>
+        <v>1227</v>
       </c>
       <c r="D324" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E324" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F324" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1247</v>
+        <v>1228</v>
       </c>
       <c r="H324" t="s">
-        <v>1248</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1249</v>
+        <v>1230</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1250</v>
+        <v>1231</v>
       </c>
       <c r="D325" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E325" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F325" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1251</v>
+        <v>1232</v>
       </c>
       <c r="H325" t="s">
-        <v>1252</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1253</v>
+        <v>1234</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1254</v>
+        <v>1235</v>
       </c>
       <c r="D326" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E326" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F326" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1255</v>
+        <v>1236</v>
       </c>
       <c r="H326" t="s">
-        <v>1256</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1257</v>
+        <v>1238</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1258</v>
+        <v>1239</v>
       </c>
       <c r="D327" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E327" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F327" t="s">
         <v>23</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1259</v>
+        <v>1240</v>
       </c>
       <c r="H327" t="s">
-        <v>1260</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1261</v>
+        <v>1242</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1262</v>
+        <v>1243</v>
       </c>
       <c r="D328" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E328" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F328" t="s">
-        <v>23</v>
+        <v>364</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1263</v>
+        <v>1244</v>
       </c>
       <c r="H328" t="s">
-        <v>1264</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1265</v>
+        <v>1246</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1266</v>
+        <v>1247</v>
       </c>
       <c r="D329" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E329" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F329" t="s">
         <v>23</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1267</v>
+        <v>1248</v>
       </c>
       <c r="H329" t="s">
-        <v>1268</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1269</v>
+        <v>1250</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1270</v>
+        <v>1251</v>
       </c>
       <c r="D330" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E330" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F330" t="s">
         <v>175</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1271</v>
+        <v>1252</v>
       </c>
       <c r="H330" t="s">
-        <v>1272</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1273</v>
+        <v>1254</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1274</v>
+        <v>1255</v>
       </c>
       <c r="D331" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E331" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F331" t="s">
-        <v>1207</v>
+        <v>175</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1275</v>
+        <v>1256</v>
       </c>
       <c r="H331" t="s">
-        <v>1276</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1277</v>
+        <v>1258</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1278</v>
+        <v>1259</v>
       </c>
       <c r="D332" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E332" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F332" t="s">
-        <v>95</v>
+        <v>175</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1279</v>
+        <v>1260</v>
       </c>
       <c r="H332" t="s">
-        <v>1280</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1281</v>
+        <v>1262</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1282</v>
+        <v>1263</v>
       </c>
       <c r="D333" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E333" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F333" t="s">
-        <v>95</v>
+        <v>1264</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1283</v>
+        <v>1265</v>
       </c>
       <c r="H333" t="s">
-        <v>1284</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1285</v>
+        <v>1267</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1286</v>
+        <v>1268</v>
       </c>
       <c r="D334" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E334" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F334" t="s">
-        <v>215</v>
+        <v>1269</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1287</v>
+        <v>1270</v>
       </c>
       <c r="H334" t="s">
-        <v>1288</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1289</v>
+        <v>1272</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1290</v>
+        <v>1273</v>
       </c>
       <c r="D335" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E335" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F335" t="s">
-        <v>215</v>
+        <v>378</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1291</v>
+        <v>1274</v>
       </c>
       <c r="H335" t="s">
-        <v>1292</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1293</v>
+        <v>1276</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1294</v>
+        <v>1277</v>
       </c>
       <c r="D336" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E336" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F336" t="s">
-        <v>215</v>
+        <v>378</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1295</v>
+        <v>1278</v>
       </c>
       <c r="H336" t="s">
-        <v>1296</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1297</v>
+        <v>1280</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1298</v>
+        <v>1281</v>
       </c>
       <c r="D337" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E337" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F337" t="s">
-        <v>86</v>
+        <v>1269</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1299</v>
+        <v>1282</v>
       </c>
       <c r="H337" t="s">
-        <v>1300</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1301</v>
+        <v>1284</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1302</v>
+        <v>1285</v>
       </c>
       <c r="D338" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E338" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F338" t="s">
-        <v>86</v>
+        <v>378</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1303</v>
+        <v>1286</v>
       </c>
       <c r="H338" t="s">
-        <v>1304</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1305</v>
+        <v>1288</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1306</v>
+        <v>1289</v>
       </c>
       <c r="D339" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E339" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F339" t="s">
-        <v>95</v>
+        <v>1290</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1307</v>
+        <v>1291</v>
       </c>
       <c r="H339" t="s">
-        <v>1308</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1309</v>
+        <v>1293</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1310</v>
+        <v>1294</v>
       </c>
       <c r="D340" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E340" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F340" t="s">
-        <v>86</v>
+        <v>1295</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1311</v>
+        <v>1296</v>
       </c>
       <c r="H340" t="s">
-        <v>1312</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1313</v>
+        <v>1298</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1314</v>
+        <v>1299</v>
       </c>
       <c r="D341" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E341" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F341" t="s">
-        <v>1315</v>
+        <v>69</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1316</v>
+        <v>1300</v>
       </c>
       <c r="H341" t="s">
-        <v>1317</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1318</v>
+        <v>1302</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1319</v>
+        <v>1303</v>
       </c>
       <c r="D342" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E342" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F342" t="s">
-        <v>1320</v>
+        <v>95</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1321</v>
+        <v>1304</v>
       </c>
       <c r="H342" t="s">
-        <v>1322</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1323</v>
+        <v>1306</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1324</v>
+        <v>1307</v>
       </c>
       <c r="D343" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E343" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F343" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1325</v>
+        <v>1308</v>
       </c>
       <c r="H343" t="s">
-        <v>1326</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1327</v>
+        <v>1310</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1328</v>
+        <v>1311</v>
       </c>
       <c r="D344" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E344" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F344" t="s">
-        <v>1329</v>
+        <v>23</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1330</v>
+        <v>1312</v>
       </c>
       <c r="H344" t="s">
-        <v>1331</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1332</v>
+        <v>1314</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1333</v>
+        <v>1315</v>
       </c>
       <c r="D345" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E345" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F345" t="s">
-        <v>1334</v>
+        <v>23</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1335</v>
+        <v>1316</v>
       </c>
       <c r="H345" t="s">
-        <v>1336</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1337</v>
+        <v>1318</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1338</v>
+        <v>1319</v>
       </c>
       <c r="D346" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E346" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F346" t="s">
-        <v>387</v>
+        <v>23</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1339</v>
+        <v>1320</v>
       </c>
       <c r="H346" t="s">
-        <v>1340</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1341</v>
+        <v>1322</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1342</v>
+        <v>1323</v>
       </c>
       <c r="D347" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E347" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F347" t="s">
-        <v>434</v>
+        <v>23</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1343</v>
+        <v>1324</v>
       </c>
       <c r="H347" t="s">
-        <v>1344</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1345</v>
+        <v>1326</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1346</v>
+        <v>1327</v>
       </c>
       <c r="D348" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E348" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F348" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1347</v>
+        <v>1328</v>
       </c>
       <c r="H348" t="s">
-        <v>1348</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1349</v>
+        <v>1330</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1350</v>
+        <v>1331</v>
       </c>
       <c r="D349" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E349" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F349" t="s">
-        <v>23</v>
+        <v>1264</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1351</v>
+        <v>1332</v>
       </c>
       <c r="H349" t="s">
-        <v>1352</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1353</v>
+        <v>1334</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1354</v>
+        <v>1335</v>
       </c>
       <c r="D350" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E350" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F350" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1355</v>
+        <v>1336</v>
       </c>
       <c r="H350" t="s">
-        <v>1356</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1357</v>
+        <v>1338</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1358</v>
+        <v>1339</v>
       </c>
       <c r="D351" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E351" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F351" t="s">
-        <v>434</v>
+        <v>95</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1359</v>
+        <v>1340</v>
       </c>
       <c r="H351" t="s">
-        <v>1360</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1361</v>
+        <v>1342</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1362</v>
+        <v>1343</v>
       </c>
       <c r="D352" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E352" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F352" t="s">
-        <v>387</v>
+        <v>216</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1363</v>
+        <v>1344</v>
       </c>
       <c r="H352" t="s">
-        <v>1364</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1365</v>
+        <v>1346</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1366</v>
+        <v>1347</v>
       </c>
       <c r="D353" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E353" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F353" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1367</v>
+        <v>1348</v>
       </c>
       <c r="H353" t="s">
-        <v>1368</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1369</v>
+        <v>1350</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1370</v>
+        <v>1351</v>
       </c>
       <c r="D354" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E354" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F354" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1371</v>
+        <v>1352</v>
       </c>
       <c r="H354" t="s">
-        <v>1372</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1373</v>
+        <v>1354</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1374</v>
+        <v>1355</v>
       </c>
       <c r="D355" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E355" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F355" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1375</v>
+        <v>1356</v>
       </c>
       <c r="H355" t="s">
-        <v>1376</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1377</v>
+        <v>1358</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1378</v>
+        <v>1359</v>
       </c>
       <c r="D356" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E356" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F356" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1379</v>
+        <v>1360</v>
       </c>
       <c r="H356" t="s">
-        <v>1380</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1381</v>
+        <v>1362</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1382</v>
+        <v>1363</v>
       </c>
       <c r="D357" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E357" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F357" t="s">
         <v>95</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1383</v>
+        <v>1364</v>
       </c>
       <c r="H357" t="s">
-        <v>1384</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1385</v>
+        <v>1366</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1386</v>
+        <v>1367</v>
       </c>
       <c r="D358" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E358" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F358" t="s">
         <v>86</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1387</v>
+        <v>1368</v>
       </c>
       <c r="H358" t="s">
-        <v>1388</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1389</v>
+        <v>1370</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1390</v>
+        <v>1371</v>
       </c>
       <c r="D359" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E359" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F359" t="s">
-        <v>23</v>
+        <v>1372</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1391</v>
+        <v>1373</v>
       </c>
       <c r="H359" t="s">
-        <v>1392</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1393</v>
+        <v>1375</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1394</v>
+        <v>1376</v>
       </c>
       <c r="D360" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E360" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F360" t="s">
-        <v>23</v>
+        <v>1377</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1395</v>
+        <v>1378</v>
       </c>
       <c r="H360" t="s">
-        <v>1396</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1397</v>
+        <v>1380</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1398</v>
+        <v>1381</v>
       </c>
       <c r="D361" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E361" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F361" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1399</v>
+        <v>1382</v>
       </c>
       <c r="H361" t="s">
-        <v>1400</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1401</v>
+        <v>1384</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1402</v>
+        <v>1385</v>
       </c>
       <c r="D362" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E362" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F362" t="s">
-        <v>1207</v>
+        <v>1386</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1403</v>
+        <v>1387</v>
       </c>
       <c r="H362" t="s">
-        <v>1404</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1405</v>
+        <v>1389</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1406</v>
+        <v>1390</v>
       </c>
       <c r="D363" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E363" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F363" t="s">
-        <v>322</v>
+        <v>1391</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1407</v>
+        <v>1392</v>
       </c>
       <c r="H363" t="s">
-        <v>1408</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1409</v>
+        <v>1394</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1410</v>
+        <v>1395</v>
       </c>
       <c r="D364" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E364" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F364" t="s">
-        <v>322</v>
+        <v>454</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1411</v>
+        <v>1396</v>
       </c>
       <c r="H364" t="s">
-        <v>1412</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1413</v>
+        <v>1398</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1414</v>
+        <v>1399</v>
       </c>
       <c r="D365" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E365" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F365" t="s">
-        <v>460</v>
+        <v>501</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1415</v>
+        <v>1400</v>
       </c>
       <c r="H365" t="s">
-        <v>1416</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1417</v>
+        <v>1402</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1418</v>
+        <v>1403</v>
       </c>
       <c r="D366" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E366" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F366" t="s">
-        <v>460</v>
+        <v>23</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1419</v>
+        <v>1404</v>
       </c>
       <c r="H366" t="s">
-        <v>1420</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1421</v>
+        <v>1406</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1422</v>
+        <v>1407</v>
       </c>
       <c r="D367" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E367" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F367" t="s">
-        <v>460</v>
+        <v>23</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1423</v>
+        <v>1408</v>
       </c>
       <c r="H367" t="s">
-        <v>1424</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1425</v>
+        <v>1410</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1426</v>
+        <v>1411</v>
       </c>
       <c r="D368" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E368" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F368" t="s">
-        <v>387</v>
+        <v>23</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1427</v>
+        <v>1412</v>
       </c>
       <c r="H368" t="s">
-        <v>1428</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1429</v>
+        <v>1414</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1430</v>
+        <v>1415</v>
       </c>
       <c r="D369" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E369" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F369" t="s">
-        <v>387</v>
+        <v>501</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1431</v>
+        <v>1416</v>
       </c>
       <c r="H369" t="s">
-        <v>1432</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1433</v>
+        <v>1418</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1434</v>
+        <v>1419</v>
       </c>
       <c r="D370" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E370" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F370" t="s">
-        <v>387</v>
+        <v>454</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1435</v>
+        <v>1420</v>
       </c>
       <c r="H370" t="s">
-        <v>1436</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1437</v>
+        <v>1422</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1438</v>
+        <v>1423</v>
       </c>
       <c r="D371" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E371" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F371" t="s">
-        <v>387</v>
+        <v>95</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1439</v>
+        <v>1424</v>
       </c>
       <c r="H371" t="s">
-        <v>1440</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1441</v>
+        <v>1426</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1442</v>
+        <v>1427</v>
       </c>
       <c r="D372" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E372" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F372" t="s">
         <v>95</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1443</v>
+        <v>1428</v>
       </c>
       <c r="H372" t="s">
-        <v>1444</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1445</v>
+        <v>1430</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1446</v>
+        <v>1431</v>
       </c>
       <c r="D373" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E373" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F373" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1447</v>
+        <v>1432</v>
       </c>
       <c r="H373" t="s">
-        <v>1448</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1449</v>
+        <v>1434</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1450</v>
+        <v>1435</v>
       </c>
       <c r="D374" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E374" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F374" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1451</v>
+        <v>1436</v>
       </c>
       <c r="H374" t="s">
-        <v>1452</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1453</v>
+        <v>1438</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1454</v>
+        <v>1439</v>
       </c>
       <c r="D375" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E375" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F375" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1455</v>
+        <v>1440</v>
       </c>
       <c r="H375" t="s">
-        <v>1456</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1457</v>
+        <v>1442</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1458</v>
+        <v>1443</v>
       </c>
       <c r="D376" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E376" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F376" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1459</v>
+        <v>1444</v>
       </c>
       <c r="H376" t="s">
-        <v>1460</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1461</v>
+        <v>1446</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1462</v>
+        <v>1447</v>
       </c>
       <c r="D377" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E377" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F377" t="s">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1463</v>
+        <v>1448</v>
       </c>
       <c r="H377" t="s">
-        <v>1464</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1465</v>
+        <v>1450</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1466</v>
+        <v>1451</v>
       </c>
       <c r="D378" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E378" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F378" t="s">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1467</v>
+        <v>1452</v>
       </c>
       <c r="H378" t="s">
-        <v>1468</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1469</v>
+        <v>1454</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1470</v>
+        <v>1455</v>
       </c>
       <c r="D379" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E379" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F379" t="s">
-        <v>387</v>
+        <v>175</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1471</v>
+        <v>1456</v>
       </c>
       <c r="H379" t="s">
-        <v>1472</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1473</v>
+        <v>1458</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1474</v>
+        <v>1459</v>
       </c>
       <c r="D380" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E380" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F380" t="s">
-        <v>387</v>
+        <v>1264</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1475</v>
+        <v>1460</v>
       </c>
       <c r="H380" t="s">
-        <v>1476</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1477</v>
+        <v>1462</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1478</v>
+        <v>1463</v>
       </c>
       <c r="D381" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E381" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F381" t="s">
-        <v>69</v>
+        <v>265</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1479</v>
+        <v>1464</v>
       </c>
       <c r="H381" t="s">
-        <v>1480</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1481</v>
+        <v>1466</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1482</v>
+        <v>1467</v>
       </c>
       <c r="D382" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E382" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F382" t="s">
-        <v>95</v>
+        <v>265</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1483</v>
+        <v>1468</v>
       </c>
       <c r="H382" t="s">
-        <v>1484</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1485</v>
+        <v>1470</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1486</v>
+        <v>1471</v>
       </c>
       <c r="D383" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E383" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F383" t="s">
-        <v>95</v>
+        <v>527</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1487</v>
+        <v>1472</v>
       </c>
       <c r="H383" t="s">
-        <v>1488</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1489</v>
+        <v>1474</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1490</v>
+        <v>1475</v>
       </c>
       <c r="D384" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E384" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F384" t="s">
-        <v>175</v>
+        <v>527</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1491</v>
+        <v>1476</v>
       </c>
       <c r="H384" t="s">
-        <v>1492</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1493</v>
+        <v>1478</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1494</v>
+        <v>1479</v>
       </c>
       <c r="D385" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
       <c r="E385" t="s">
-        <v>386</v>
+        <v>453</v>
       </c>
       <c r="F385" t="s">
-        <v>175</v>
+        <v>527</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1495</v>
+        <v>1480</v>
       </c>
       <c r="H385" t="s">
-        <v>1496</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1497</v>
+        <v>1482</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>10</v>
+        <v>1483</v>
       </c>
       <c r="D386" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E386" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F386" t="s">
-        <v>69</v>
+        <v>454</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1500</v>
+        <v>1484</v>
       </c>
       <c r="H386" t="s">
-        <v>1501</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1502</v>
+        <v>1486</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>17</v>
+        <v>1487</v>
       </c>
       <c r="D387" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E387" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F387" t="s">
-        <v>387</v>
+        <v>454</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1503</v>
+        <v>1488</v>
       </c>
       <c r="H387" t="s">
-        <v>1504</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1505</v>
+        <v>1490</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>22</v>
+        <v>1491</v>
       </c>
       <c r="D388" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E388" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F388" t="s">
-        <v>1334</v>
+        <v>454</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1506</v>
+        <v>1492</v>
       </c>
       <c r="H388" t="s">
-        <v>1507</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1508</v>
+        <v>1494</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>27</v>
+        <v>1495</v>
       </c>
       <c r="D389" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E389" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F389" t="s">
-        <v>1334</v>
+        <v>454</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1509</v>
+        <v>1496</v>
       </c>
       <c r="H389" t="s">
-        <v>1510</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1511</v>
+        <v>1498</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>31</v>
+        <v>1499</v>
       </c>
       <c r="D390" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E390" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F390" t="s">
         <v>95</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1512</v>
+        <v>1500</v>
       </c>
       <c r="H390" t="s">
-        <v>1513</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1514</v>
+        <v>1502</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>35</v>
+        <v>1503</v>
       </c>
       <c r="D391" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E391" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F391" t="s">
         <v>86</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1515</v>
+        <v>1504</v>
       </c>
       <c r="H391" t="s">
-        <v>1516</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1517</v>
+        <v>1506</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>40</v>
+        <v>1507</v>
       </c>
       <c r="D392" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E392" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F392" t="s">
-        <v>1518</v>
+        <v>23</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1519</v>
+        <v>1508</v>
       </c>
       <c r="H392" t="s">
-        <v>1520</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1521</v>
+        <v>1510</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>44</v>
+        <v>1511</v>
       </c>
       <c r="D393" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E393" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F393" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1522</v>
+        <v>1512</v>
       </c>
       <c r="H393" t="s">
-        <v>1523</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1524</v>
+        <v>1514</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>48</v>
+        <v>1515</v>
       </c>
       <c r="D394" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E394" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F394" t="s">
-        <v>1334</v>
+        <v>23</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
       <c r="H394" t="s">
-        <v>1526</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>52</v>
+        <v>1519</v>
       </c>
       <c r="D395" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E395" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F395" t="s">
-        <v>1334</v>
+        <v>175</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1528</v>
+        <v>1520</v>
       </c>
       <c r="H395" t="s">
-        <v>1529</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1530</v>
+        <v>1522</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>56</v>
+        <v>1523</v>
       </c>
       <c r="D396" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E396" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F396" t="s">
-        <v>1334</v>
+        <v>175</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1531</v>
+        <v>1524</v>
       </c>
       <c r="H396" t="s">
-        <v>1532</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1533</v>
+        <v>1526</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>60</v>
+        <v>1527</v>
       </c>
       <c r="D397" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E397" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F397" t="s">
-        <v>1334</v>
+        <v>454</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1534</v>
+        <v>1528</v>
       </c>
       <c r="H397" t="s">
-        <v>1535</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1536</v>
+        <v>1530</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>64</v>
+        <v>1531</v>
       </c>
       <c r="D398" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E398" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F398" t="s">
-        <v>95</v>
+        <v>454</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1537</v>
+        <v>1532</v>
       </c>
       <c r="H398" t="s">
-        <v>1538</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1539</v>
+        <v>1534</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>73</v>
+        <v>1535</v>
       </c>
       <c r="D399" t="s">
-        <v>1498</v>
+        <v>452</v>
       </c>
       <c r="E399" t="s">
-        <v>1499</v>
+        <v>453</v>
       </c>
       <c r="F399" t="s">
-        <v>215</v>
+        <v>69</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>205</v>
+        <v>1536</v>
       </c>
       <c r="H399" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D400" t="s">
+        <v>452</v>
+      </c>
+      <c r="E400" t="s">
+        <v>453</v>
+      </c>
+      <c r="F400" t="s">
+        <v>95</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H400" t="s">
         <v>1541</v>
-      </c>
-[...19 lines deleted...]
-        <v>1543</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D401" t="s">
+        <v>452</v>
+      </c>
+      <c r="E401" t="s">
+        <v>453</v>
+      </c>
+      <c r="F401" t="s">
+        <v>95</v>
+      </c>
+      <c r="G401" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="B401" t="s">
-[...11 lines deleted...]
-      <c r="F401" t="s">
+      <c r="H401" t="s">
         <v>1545</v>
-      </c>
-[...4 lines deleted...]
-        <v>1547</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D402" t="s">
+        <v>452</v>
+      </c>
+      <c r="E402" t="s">
+        <v>453</v>
+      </c>
+      <c r="F402" t="s">
+        <v>175</v>
+      </c>
+      <c r="G402" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="B402" t="s">
-[...11 lines deleted...]
-      <c r="F402" t="s">
+      <c r="H402" t="s">
         <v>1549</v>
-      </c>
-[...4 lines deleted...]
-        <v>1551</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D403" t="s">
+        <v>452</v>
+      </c>
+      <c r="E403" t="s">
+        <v>453</v>
+      </c>
+      <c r="F403" t="s">
+        <v>175</v>
+      </c>
+      <c r="G403" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="B403" t="s">
-[...5 lines deleted...]
-      <c r="D403" t="s">
+      <c r="H403" t="s">
         <v>1553</v>
-      </c>
-[...10 lines deleted...]
-        <v>1557</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1558</v>
+        <v>1554</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>17</v>
+        <v>1555</v>
       </c>
       <c r="D404" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E404" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F404" t="s">
-        <v>1559</v>
+        <v>454</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1560</v>
+        <v>1556</v>
       </c>
       <c r="H404" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>22</v>
+        <v>1559</v>
       </c>
       <c r="D405" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E405" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F405" t="s">
-        <v>1559</v>
+        <v>454</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="H405" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D406" t="s">
+        <v>452</v>
+      </c>
+      <c r="E406" t="s">
+        <v>453</v>
+      </c>
+      <c r="F406" t="s">
+        <v>95</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H406" t="s">
         <v>1565</v>
-      </c>
-[...19 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D407" t="s">
+        <v>452</v>
+      </c>
+      <c r="E407" t="s">
+        <v>453</v>
+      </c>
+      <c r="F407" t="s">
+        <v>95</v>
+      </c>
+      <c r="G407" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="B407" t="s">
-[...14 lines deleted...]
-      <c r="G407" s="1" t="s">
+      <c r="H407" t="s">
         <v>1569</v>
-      </c>
-[...1 lines deleted...]
-        <v>1570</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
         <v>1571</v>
       </c>
-      <c r="B408" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D408" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E408" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F408" t="s">
-        <v>1555</v>
+        <v>95</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>1572</v>
       </c>
       <c r="H408" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1574</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>44</v>
+        <v>1575</v>
       </c>
       <c r="D409" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E409" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F409" t="s">
-        <v>1555</v>
+        <v>23</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="H409" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>48</v>
+        <v>1579</v>
       </c>
       <c r="D410" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E410" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F410" t="s">
-        <v>1578</v>
+        <v>23</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="H410" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>52</v>
+        <v>1583</v>
       </c>
       <c r="D411" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E411" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F411" t="s">
-        <v>1559</v>
+        <v>23</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="H411" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>56</v>
+        <v>1587</v>
       </c>
       <c r="D412" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E412" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F412" t="s">
-        <v>1559</v>
+        <v>23</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="H412" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>60</v>
+        <v>1591</v>
       </c>
       <c r="D413" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E413" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F413" t="s">
-        <v>1555</v>
+        <v>23</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="H413" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>64</v>
+        <v>1595</v>
       </c>
       <c r="D414" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E414" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F414" t="s">
-        <v>1559</v>
+        <v>175</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="H414" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>68</v>
+        <v>1599</v>
       </c>
       <c r="D415" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E415" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F415" t="s">
-        <v>1593</v>
+        <v>175</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="H415" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>73</v>
+        <v>1603</v>
       </c>
       <c r="D416" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E416" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F416" t="s">
-        <v>1555</v>
+        <v>265</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1597</v>
+        <v>1604</v>
       </c>
       <c r="H416" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>77</v>
+        <v>1607</v>
       </c>
       <c r="D417" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E417" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F417" t="s">
-        <v>1555</v>
+        <v>454</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="H417" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>81</v>
+        <v>1611</v>
       </c>
       <c r="D418" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E418" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F418" t="s">
-        <v>1555</v>
+        <v>454</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="H418" t="s">
-        <v>1604</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>90</v>
+        <v>1615</v>
       </c>
       <c r="D419" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E419" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F419" t="s">
-        <v>1555</v>
+        <v>454</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1606</v>
+        <v>1616</v>
       </c>
       <c r="H419" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1608</v>
+        <v>1618</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>94</v>
+        <v>1619</v>
       </c>
       <c r="D420" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E420" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F420" t="s">
-        <v>1559</v>
+        <v>69</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1609</v>
+        <v>1620</v>
       </c>
       <c r="H420" t="s">
-        <v>1610</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1611</v>
+        <v>1622</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>99</v>
+        <v>1623</v>
       </c>
       <c r="D421" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E421" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F421" t="s">
-        <v>1555</v>
+        <v>69</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1612</v>
+        <v>1624</v>
       </c>
       <c r="H421" t="s">
-        <v>1613</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1614</v>
+        <v>1626</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>103</v>
+        <v>1627</v>
       </c>
       <c r="D422" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E422" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F422" t="s">
-        <v>1559</v>
+        <v>69</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1615</v>
+        <v>1628</v>
       </c>
       <c r="H422" t="s">
-        <v>1616</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1617</v>
+        <v>1630</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>107</v>
+        <v>1631</v>
       </c>
       <c r="D423" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E423" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F423" t="s">
-        <v>1555</v>
+        <v>95</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1618</v>
+        <v>1632</v>
       </c>
       <c r="H423" t="s">
-        <v>1619</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1620</v>
+        <v>1634</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>111</v>
+        <v>1635</v>
       </c>
       <c r="D424" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E424" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F424" t="s">
-        <v>1559</v>
+        <v>95</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1621</v>
+        <v>1636</v>
       </c>
       <c r="H424" t="s">
-        <v>1622</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1623</v>
+        <v>1638</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>115</v>
+        <v>1639</v>
       </c>
       <c r="D425" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E425" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F425" t="s">
-        <v>1624</v>
+        <v>23</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1625</v>
+        <v>1640</v>
       </c>
       <c r="H425" t="s">
-        <v>1626</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1627</v>
+        <v>1642</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>119</v>
+        <v>1643</v>
       </c>
       <c r="D426" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E426" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F426" t="s">
-        <v>1624</v>
+        <v>23</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1628</v>
+        <v>1644</v>
       </c>
       <c r="H426" t="s">
-        <v>1629</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1630</v>
+        <v>1646</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>123</v>
+        <v>1647</v>
       </c>
       <c r="D427" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E427" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F427" t="s">
-        <v>1624</v>
+        <v>175</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1631</v>
+        <v>1648</v>
       </c>
       <c r="H427" t="s">
-        <v>1632</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1633</v>
+        <v>1650</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>127</v>
+        <v>1651</v>
       </c>
       <c r="D428" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E428" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F428" t="s">
-        <v>1555</v>
+        <v>454</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1634</v>
+        <v>1652</v>
       </c>
       <c r="H428" t="s">
-        <v>1635</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1636</v>
+        <v>1654</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>131</v>
+        <v>1655</v>
       </c>
       <c r="D429" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E429" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F429" t="s">
-        <v>1555</v>
+        <v>454</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1637</v>
+        <v>1656</v>
       </c>
       <c r="H429" t="s">
-        <v>1638</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1639</v>
+        <v>1658</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>135</v>
+        <v>1659</v>
       </c>
       <c r="D430" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E430" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F430" t="s">
-        <v>1559</v>
+        <v>454</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1640</v>
+        <v>1660</v>
       </c>
       <c r="H430" t="s">
-        <v>1641</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1642</v>
+        <v>1662</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>140</v>
+        <v>1663</v>
       </c>
       <c r="D431" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E431" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F431" t="s">
-        <v>1559</v>
+        <v>95</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1643</v>
+        <v>1664</v>
       </c>
       <c r="H431" t="s">
-        <v>1644</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1645</v>
+        <v>1666</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>145</v>
+        <v>1667</v>
       </c>
       <c r="D432" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E432" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F432" t="s">
-        <v>1559</v>
+        <v>216</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1646</v>
+        <v>1668</v>
       </c>
       <c r="H432" t="s">
-        <v>1647</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1648</v>
+        <v>1670</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>150</v>
+        <v>1671</v>
       </c>
       <c r="D433" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E433" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F433" t="s">
-        <v>1555</v>
+        <v>216</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1649</v>
+        <v>1672</v>
       </c>
       <c r="H433" t="s">
-        <v>1650</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1651</v>
+        <v>1674</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>157</v>
+        <v>1675</v>
       </c>
       <c r="D434" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E434" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F434" t="s">
-        <v>1624</v>
+        <v>216</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1652</v>
+        <v>1676</v>
       </c>
       <c r="H434" t="s">
-        <v>1653</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1654</v>
+        <v>1678</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>160</v>
+        <v>1679</v>
       </c>
       <c r="D435" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E435" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F435" t="s">
-        <v>1624</v>
+        <v>216</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>205</v>
+        <v>1680</v>
       </c>
       <c r="H435" t="s">
-        <v>1655</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1656</v>
+        <v>1682</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>164</v>
+        <v>1683</v>
       </c>
       <c r="D436" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E436" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F436" t="s">
-        <v>1559</v>
+        <v>23</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1657</v>
+        <v>1684</v>
       </c>
       <c r="H436" t="s">
-        <v>1658</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1659</v>
+        <v>1686</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>169</v>
+        <v>1687</v>
       </c>
       <c r="D437" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E437" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F437" t="s">
-        <v>1559</v>
+        <v>23</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1660</v>
+        <v>1688</v>
       </c>
       <c r="H437" t="s">
-        <v>1661</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1662</v>
+        <v>1690</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>174</v>
+        <v>1691</v>
       </c>
       <c r="D438" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E438" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F438" t="s">
-        <v>1559</v>
+        <v>23</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1663</v>
+        <v>1692</v>
       </c>
       <c r="H438" t="s">
-        <v>1664</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1665</v>
+        <v>1694</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>183</v>
+        <v>1695</v>
       </c>
       <c r="D439" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E439" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F439" t="s">
-        <v>1559</v>
+        <v>175</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1666</v>
+        <v>1696</v>
       </c>
       <c r="H439" t="s">
-        <v>1667</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1668</v>
+        <v>1698</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>187</v>
+        <v>1699</v>
       </c>
       <c r="D440" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E440" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F440" t="s">
-        <v>1559</v>
+        <v>1264</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1669</v>
+        <v>1700</v>
       </c>
       <c r="H440" t="s">
-        <v>1670</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1671</v>
+        <v>1702</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>191</v>
+        <v>1703</v>
       </c>
       <c r="D441" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E441" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F441" t="s">
-        <v>1559</v>
+        <v>95</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1672</v>
+        <v>1704</v>
       </c>
       <c r="H441" t="s">
-        <v>1673</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1674</v>
+        <v>1706</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>195</v>
+        <v>1707</v>
       </c>
       <c r="D442" t="s">
-        <v>1553</v>
+        <v>452</v>
       </c>
       <c r="E442" t="s">
-        <v>1554</v>
+        <v>453</v>
       </c>
       <c r="F442" t="s">
-        <v>1559</v>
+        <v>86</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1675</v>
+        <v>1708</v>
       </c>
       <c r="H442" t="s">
-        <v>1676</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1677</v>
+        <v>1710</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="D443" t="s">
-        <v>1553</v>
+        <v>1711</v>
       </c>
       <c r="E443" t="s">
-        <v>1554</v>
+        <v>1712</v>
       </c>
       <c r="F443" t="s">
-        <v>1559</v>
+        <v>69</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1678</v>
+        <v>1713</v>
       </c>
       <c r="H443" t="s">
-        <v>1679</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1680</v>
+        <v>1715</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>204</v>
+        <v>17</v>
       </c>
       <c r="D444" t="s">
-        <v>1553</v>
+        <v>1711</v>
       </c>
       <c r="E444" t="s">
-        <v>1554</v>
+        <v>1712</v>
       </c>
       <c r="F444" t="s">
-        <v>1559</v>
+        <v>454</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1681</v>
+        <v>1716</v>
       </c>
       <c r="H444" t="s">
-        <v>1682</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1683</v>
+        <v>1718</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D445" t="s">
-        <v>1684</v>
+        <v>1711</v>
       </c>
       <c r="E445" t="s">
-        <v>1685</v>
+        <v>1712</v>
       </c>
       <c r="F445" t="s">
-        <v>1555</v>
+        <v>1391</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1686</v>
+        <v>1719</v>
       </c>
       <c r="H445" t="s">
-        <v>1687</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1688</v>
+        <v>1721</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D446" t="s">
-        <v>1689</v>
+        <v>1711</v>
       </c>
       <c r="E446" t="s">
-        <v>1690</v>
+        <v>1712</v>
       </c>
       <c r="F446" t="s">
-        <v>1559</v>
+        <v>1391</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="H446" t="s">
-        <v>1692</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1693</v>
+        <v>1724</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D447" t="s">
-        <v>1694</v>
+        <v>1711</v>
       </c>
       <c r="E447" t="s">
-        <v>1695</v>
+        <v>1712</v>
       </c>
       <c r="F447" t="s">
-        <v>1559</v>
+        <v>95</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1696</v>
+        <v>1725</v>
       </c>
       <c r="H447" t="s">
-        <v>1697</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1698</v>
+        <v>1727</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="D448" t="s">
-        <v>1694</v>
+        <v>1711</v>
       </c>
       <c r="E448" t="s">
-        <v>1695</v>
+        <v>1712</v>
       </c>
       <c r="F448" t="s">
-        <v>1699</v>
+        <v>86</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1700</v>
+        <v>1728</v>
       </c>
       <c r="H448" t="s">
-        <v>1701</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1702</v>
+        <v>1730</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="D449" t="s">
-        <v>1694</v>
+        <v>1711</v>
       </c>
       <c r="E449" t="s">
-        <v>1695</v>
+        <v>1712</v>
       </c>
       <c r="F449" t="s">
-        <v>1699</v>
+        <v>1731</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1703</v>
+        <v>1732</v>
       </c>
       <c r="H449" t="s">
-        <v>1704</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1705</v>
+        <v>1734</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D450" t="s">
-        <v>1694</v>
+        <v>1711</v>
       </c>
       <c r="E450" t="s">
-        <v>1695</v>
+        <v>1712</v>
       </c>
       <c r="F450" t="s">
-        <v>1699</v>
+        <v>69</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1706</v>
+        <v>1735</v>
       </c>
       <c r="H450" t="s">
-        <v>1707</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1708</v>
+        <v>1737</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="D451" t="s">
-        <v>1694</v>
+        <v>1711</v>
       </c>
       <c r="E451" t="s">
-        <v>1695</v>
+        <v>1712</v>
       </c>
       <c r="F451" t="s">
-        <v>1699</v>
+        <v>1391</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1709</v>
+        <v>1738</v>
       </c>
       <c r="H451" t="s">
-        <v>1710</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>52</v>
+      </c>
+      <c r="D452" t="s">
         <v>1711</v>
       </c>
-      <c r="B452" t="s">
-[...5 lines deleted...]
-      <c r="D452" t="s">
+      <c r="E452" t="s">
         <v>1712</v>
       </c>
-      <c r="E452" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F452" t="s">
-        <v>1714</v>
+        <v>1391</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1715</v>
+        <v>1741</v>
       </c>
       <c r="H452" t="s">
-        <v>1716</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1717</v>
+        <v>1743</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
+        <v>56</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F453" t="s">
+        <v>1391</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>60</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F454" t="s">
+        <v>1391</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>64</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F455" t="s">
+        <v>95</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>73</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F456" t="s">
+        <v>216</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>81</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F457" t="s">
+        <v>1391</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>85</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1759</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>90</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F459" t="s">
+        <v>1763</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>94</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F460" t="s">
+        <v>141</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>99</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F461" t="s">
+        <v>18</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>103</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F462" t="s">
+        <v>23</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>107</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F463" t="s">
+        <v>86</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>111</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F464" t="s">
+        <v>1779</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>115</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F465" t="s">
+        <v>298</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>119</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F466" t="s">
+        <v>298</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>123</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F467" t="s">
+        <v>1789</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
         <v>10</v>
       </c>
-      <c r="D453" t="s">
-[...12 lines deleted...]
-        <v>1722</v>
+      <c r="D468" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F468" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>17</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>22</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>31</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F471" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>35</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>40</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F473" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>44</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F474" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>48</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F475" t="s">
+        <v>1818</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>52</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>56</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F477" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>60</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F478" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>64</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F479" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>68</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F480" t="s">
+        <v>1833</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>73</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F481" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>77</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F482" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>81</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F483" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>85</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F484" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>90</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F485" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>94</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F486" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>99</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F487" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>103</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F488" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>107</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F489" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>111</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F490" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>115</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>119</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>123</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F493" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>127</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>131</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F495" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>135</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F496" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>140</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>145</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>150</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F499" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>153</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>157</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F501" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>160</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>164</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F503" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>169</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>174</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>179</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F506" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>183</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F507" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>187</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F508" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>191</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F509" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>195</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F510" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>200</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>204</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>212</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F513" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>220</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F514" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>224</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F515" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>228</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F516" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>232</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F517" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>236</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F518" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>240</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F519" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>244</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F520" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>248</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F521" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>252</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F522" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>256</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F523" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>260</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F524" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>264</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F525" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>269</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F526" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>273</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F527" t="s">
+        <v>1976</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>277</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F528" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>10</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1984</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1985</v>
+      </c>
+      <c r="F529" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>10</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F530" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>17</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F531" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>22</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F532" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>10</v>
+      </c>
+      <c r="D533" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E533" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F533" t="s">
+        <v>1799</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="H533" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>17</v>
+      </c>
+      <c r="D534" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E534" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F534" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H534" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>22</v>
+      </c>
+      <c r="D535" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E535" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F535" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H535" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>27</v>
+      </c>
+      <c r="D536" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E536" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F536" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="H536" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>31</v>
+      </c>
+      <c r="D537" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E537" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F537" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H537" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>35</v>
+      </c>
+      <c r="D538" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E538" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F538" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H538" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>10</v>
+      </c>
+      <c r="D539" t="s">
+        <v>2020</v>
+      </c>
+      <c r="E539" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F539" t="s">
+        <v>2022</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H539" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>10</v>
+      </c>
+      <c r="D540" t="s">
+        <v>2026</v>
+      </c>
+      <c r="E540" t="s">
+        <v>2027</v>
+      </c>
+      <c r="F540" t="s">
+        <v>2028</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H540" t="s">
+        <v>2030</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -17807,50 +20994,137 @@
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
     <hyperlink ref="G437" r:id="rId436"/>
     <hyperlink ref="G438" r:id="rId437"/>
     <hyperlink ref="G439" r:id="rId438"/>
     <hyperlink ref="G440" r:id="rId439"/>
     <hyperlink ref="G441" r:id="rId440"/>
     <hyperlink ref="G442" r:id="rId441"/>
     <hyperlink ref="G443" r:id="rId442"/>
     <hyperlink ref="G444" r:id="rId443"/>
     <hyperlink ref="G445" r:id="rId444"/>
     <hyperlink ref="G446" r:id="rId445"/>
     <hyperlink ref="G447" r:id="rId446"/>
     <hyperlink ref="G448" r:id="rId447"/>
     <hyperlink ref="G449" r:id="rId448"/>
     <hyperlink ref="G450" r:id="rId449"/>
     <hyperlink ref="G451" r:id="rId450"/>
     <hyperlink ref="G452" r:id="rId451"/>
     <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>